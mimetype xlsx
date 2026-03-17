--- v0 (2026-01-29)
+++ v1 (2026-03-17)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/_rels/sheet1.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="440" uniqueCount="440">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="475" uniqueCount="475">
   <si>
     <t>January 2026</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Event</t>
   </si>
   <si>
     <t>WWW</t>
   </si>
   <si>
     <t>Organizer</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>Venue</t>
   </si>
   <si>
     <t>No. of attendees</t>
   </si>
   <si>
@@ -99,90 +99,102 @@
   <si>
     <t>https://www.estmil.tech/</t>
   </si>
   <si>
     <t>Est Mil</t>
   </si>
   <si>
     <t>TalTech - Tallinn University of Technology</t>
   </si>
   <si>
     <t>21.-22.01.2026</t>
   </si>
   <si>
     <t>Northern Roots 2026</t>
   </si>
   <si>
     <t>https://www.northernroots.eu/</t>
   </si>
   <si>
     <t>Northern Roots</t>
   </si>
   <si>
     <t>Tallinn Creative Hub</t>
   </si>
   <si>
+    <t>21.-21.01.2026</t>
+  </si>
+  <si>
+    <t>International CAR-T Symposium</t>
+  </si>
+  <si>
+    <t>Tartu University Hospital</t>
+  </si>
+  <si>
+    <t>Tartu</t>
+  </si>
+  <si>
     <t>22.-25.01.2026</t>
   </si>
   <si>
+    <t>CEEShub Conference &amp;#8211; “Between Peripheries: Critical-Relational Security from CEE and the Global South”</t>
+  </si>
+  <si>
     <t>https://www.tlu.ee/en/yti/events/ceeshub-conference-between-peripheries-critical-relational-security-cee-and-global-south</t>
   </si>
   <si>
     <t>Tallinn University</t>
   </si>
   <si>
     <t>22.-23.01.2026</t>
   </si>
   <si>
     <t>Annual Joint Conference in Molecular Biology, Cell Biology and Genomics</t>
   </si>
   <si>
     <t>https://www.doktorikool.ee/en/uritused/aastakonverents-2025-molekulaarbioloogia-rakubioloogia-ja-genoomika/</t>
   </si>
   <si>
     <t>Estonian Doctoral School</t>
   </si>
   <si>
-    <t>Tartu</t>
-[...1 lines deleted...]
-  <si>
     <t>University of Tartu</t>
   </si>
   <si>
     <t>28.-30.01.2026</t>
   </si>
   <si>
     <t>sTARTUp Day 2026</t>
   </si>
   <si>
     <t>https://www.startupday.ee/</t>
   </si>
   <si>
     <t>sTARTU</t>
   </si>
   <si>
-    <t>University of Tartu Sports Hall</t>
+    <t>Estonian National Museum (ERM)</t>
   </si>
   <si>
     <t>29.-30.01.2026</t>
   </si>
   <si>
     <t>Cloud Tech Tallinn 2026</t>
   </si>
   <si>
     <t>https://cloudtechtallinn.com/</t>
   </si>
   <si>
     <t>Cloud Tech Tallinn</t>
   </si>
   <si>
     <t>30.-31.01.2026</t>
   </si>
   <si>
     <t>10th European Young Family Doctors&amp;#8217; Movement Forum</t>
   </si>
   <si>
     <t>https://eyfdmforum2026.eu/</t>
   </si>
   <si>
     <t>Estonian Young Family Doctors</t>
   </si>
@@ -258,65 +270,92 @@
   <si>
     <t>Visit Pärnu</t>
   </si>
   <si>
     <t>Pärnu</t>
   </si>
   <si>
     <t>ESTONIA Resort Hotel &amp;amp; Spa</t>
   </si>
   <si>
     <t>11.-12.02.2026</t>
   </si>
   <si>
     <t>Land-based Planners’ Forum</t>
   </si>
   <si>
     <t>https://vasab.org/event/lbpforum/</t>
   </si>
   <si>
     <t>VASAB</t>
   </si>
   <si>
     <t>Ministry of Economic Affairs and Communications</t>
   </si>
   <si>
+    <t>11.-11.02.2026</t>
+  </si>
+  <si>
+    <t>7th Annual Fermi Energy Conference</t>
+  </si>
+  <si>
+    <t>https://fermi.ee/en/konverents/</t>
+  </si>
+  <si>
+    <t>Fermi</t>
+  </si>
+  <si>
+    <t>T1 Venue</t>
+  </si>
+  <si>
     <t>12.-12.02.2026</t>
   </si>
   <si>
     <t>9th BBA Baltic Business Aviation</t>
   </si>
   <si>
     <t>https://www.aeropodium.com/bba</t>
   </si>
   <si>
     <t>Aeropodium</t>
   </si>
   <si>
     <t>Tallink Spa &amp;amp; Conference Hotel</t>
   </si>
   <si>
+    <t>13.-13.02.2026</t>
+  </si>
+  <si>
+    <t>The 2026 edition of the EU Enlargement Conference</t>
+  </si>
+  <si>
+    <t>https://icds.ee/en/euec-2026/</t>
+  </si>
+  <si>
+    <t>ICDS</t>
+  </si>
+  <si>
     <t>14.-15.02.2026</t>
   </si>
   <si>
     <t>Tartu Marathon 2026</t>
   </si>
   <si>
     <t>https://tartumaraton.ee/en/avaleht</t>
   </si>
   <si>
     <t>MTÜ Klubi Tartu Maraton</t>
   </si>
   <si>
     <t>16.-20.02.2026</t>
   </si>
   <si>
     <t>World Usability Day Estonia</t>
   </si>
   <si>
     <t>https://wud.ee/</t>
   </si>
   <si>
     <t>Tallinn University, Trinidad  Wiseman</t>
   </si>
   <si>
     <t>25.-01.03.2026</t>
@@ -336,134 +375,140 @@
   <si>
     <t>2026 Coastal Warfare: Protecting the Coast with Fortifications and Fleets</t>
   </si>
   <si>
     <t>https://meremuuseum.ee/en/coastal-warfare-protecting-the-coast-with-fortifications-and-fleets/</t>
   </si>
   <si>
     <t>Estonian Maritime Museum</t>
   </si>
   <si>
     <t>March 2026</t>
   </si>
   <si>
     <t>02.-08.03.2026</t>
   </si>
   <si>
     <t>ISU World Junior Figure Skating Championships 2026</t>
   </si>
   <si>
     <t>https://www.isu.org/inside-isu/isu-communications/communications/30485-isu-communication-2533/file</t>
   </si>
   <si>
     <t>ISU</t>
   </si>
   <si>
+    <t>03.-03.03.2026</t>
+  </si>
+  <si>
+    <t>CyberSec Roadshow 2026</t>
+  </si>
+  <si>
+    <t>https://www.hermitage.lt/events/cybersec-roadshow-2026-tallinn-2/</t>
+  </si>
+  <si>
+    <t>Hermitage Solutions</t>
+  </si>
+  <si>
     <t>04.-04.03.2026</t>
   </si>
   <si>
     <t>Nordic Real Estate Forum 2026</t>
   </si>
   <si>
     <t>https://www.nordicreforum.com/</t>
   </si>
   <si>
     <t>Association of Real Estate Companies of Estonia</t>
   </si>
   <si>
     <t>05.-06.03.2026</t>
   </si>
   <si>
-    <t>Annual Conference on Russia</t>
+    <t>12th Annual Conference on Russia</t>
   </si>
   <si>
     <t>https://www.rusconf.eu/</t>
   </si>
   <si>
     <t>The Baltic Defence College</t>
   </si>
   <si>
     <t>Voltaire in the Baltic World: Circulations, Receptions, Legacies</t>
   </si>
   <si>
     <t>https://www.voltaire.ox.ac.uk/news-item/call-for-papers-voltaire-in-the-baltic-world-circulations-receptions-legacies/</t>
   </si>
   <si>
     <t>08.-11.03.2026</t>
   </si>
   <si>
     <t>International Summit on the Teaching Profession &amp;#8211; ISTP</t>
   </si>
   <si>
     <t>https://istp2026.ee/</t>
   </si>
   <si>
     <t>Estonia’s Ministry of Education and Research</t>
   </si>
   <si>
     <t>12.-12.03.2026</t>
   </si>
   <si>
     <t>Nex Day</t>
   </si>
   <si>
     <t>https://nex.day/</t>
   </si>
   <si>
     <t>Nex Day Foundation</t>
   </si>
   <si>
-    <t>T1 Venue</t>
-[...1 lines deleted...]
-  <si>
     <t>Smart City Exchange Forum 2026: Discovering Pathways to Resilient Cities</t>
   </si>
   <si>
     <t>https://finestcentre.eu/et/event/smart-city-exchange-forum-2026-discovering-pathways-to-resilient-cities/</t>
   </si>
   <si>
     <t>FinEst Centre for Smart Cities</t>
   </si>
   <si>
     <t>PROTO Invention Factory</t>
   </si>
   <si>
     <t>18.-20.03.2026</t>
   </si>
   <si>
     <t>International Interdisciplinary Conference &amp;#8220;Estonia-Swedes. A Diaspora with Roots&amp;#8221;</t>
   </si>
   <si>
     <t>https://enmconference.voog.com/estonia-swedes/cfp</t>
   </si>
   <si>
     <t>Estonian National Museum</t>
   </si>
   <si>
-    <t>Estonian National Museum (ERM)</t>
-[...1 lines deleted...]
-  <si>
     <t>18.-18.03.2026</t>
   </si>
   <si>
     <t>ACAMS Baltics Conference</t>
   </si>
   <si>
     <t>https://www.acams.org/en/training/seminars/acams-baltics-conference#overview-8ec85f15</t>
   </si>
   <si>
     <t>ACAMS</t>
   </si>
   <si>
     <t>23.-27.03.2026</t>
   </si>
   <si>
     <t>International 8th Baltic Earth Winter School for Young Scientists on “Earth System Science for the Baltic Sea Region”</t>
   </si>
   <si>
     <t>https://www.doktorikool.ee/en/uritused/rahvusvaheline-8-baltic-earth-talvekool-noortele-teadlastele-teemal-maasusteemiteadus-laanemere-piirkonna-jaoks/</t>
   </si>
   <si>
     <t>Taltech; University of Tartu</t>
   </si>
   <si>
     <t>Park Inn by Radisson Central Hotel</t>
@@ -612,50 +657,59 @@
   <si>
     <t>Biosystems Engineering 2026</t>
   </si>
   <si>
     <t>https://bse.emu.ee/</t>
   </si>
   <si>
     <t>Estonian University of Life Siciences</t>
   </si>
   <si>
     <t>Estonian University of Life Sciences</t>
   </si>
   <si>
     <t>08.-09.05.2026</t>
   </si>
   <si>
     <t>CLGE (Council of European Geodetic Surveyors) General Assembly</t>
   </si>
   <si>
     <t>https://www.clge.eu/</t>
   </si>
   <si>
     <t>CLGE</t>
   </si>
   <si>
+    <t>09.-10.05.2026</t>
+  </si>
+  <si>
+    <t>NO STRESS. Improving Animal Welfare in the Clinic: Evidence-Based Approaches and Practices</t>
+  </si>
+  <si>
+    <t>https://www.emu.ee/en/no-stress-conference</t>
+  </si>
+  <si>
     <t>11.-15.05.2026</t>
   </si>
   <si>
     <t>Meeting of the UNESCO Cities of Literature</t>
   </si>
   <si>
     <t>http://tartu.kirjandus.ee/</t>
   </si>
   <si>
     <t>Estonian Literary Society</t>
   </si>
   <si>
     <t>12.-13.05.2026</t>
   </si>
   <si>
     <t>EUSBSR Annual Forum 2026</t>
   </si>
   <si>
     <t>https://eusbsr.eu/event/eusbsr-annual-forum-2026/</t>
   </si>
   <si>
     <t>City of Tallinn, Estonian Ministry of Foreign Affairs &amp; Council of the Baltic Sea State</t>
   </si>
   <si>
     <t>ECLA (European Company Lawyers Association) Workshop Tallinn &amp;#8211; Evolution of the GC Profession &amp;#038; Soft Skills</t>
@@ -705,53 +759,50 @@
   <si>
     <t>15.-16.05.2026</t>
   </si>
   <si>
     <t>EAP( European Academy of Paediatrics) Spring Meeting 2026</t>
   </si>
   <si>
     <t>https://eapaediatrics.eu/eap-spring-meeting-2026-tallinn-estonia-17-18-april-2026/</t>
   </si>
   <si>
     <t>EAP</t>
   </si>
   <si>
     <t>Nordic Hotel Forum</t>
   </si>
   <si>
     <t>15.-17.05.2026</t>
   </si>
   <si>
     <t>Lennart Meri Conference 2026</t>
   </si>
   <si>
     <t>https://lmc.icds.ee/</t>
   </si>
   <si>
-    <t>ICDS</t>
-[...1 lines deleted...]
-  <si>
     <t>19.-22.05.2026</t>
   </si>
   <si>
     <t>6th Conference of The International Network for Theory of History (INTH)</t>
   </si>
   <si>
     <t>https://historyandtheory.org/announcements</t>
   </si>
   <si>
     <t>20.-22.05.2026</t>
   </si>
   <si>
     <t>32nd Congress of the Scandinavian Transplantation Society</t>
   </si>
   <si>
     <t>https://sts2026.ee/</t>
   </si>
   <si>
     <t>STS</t>
   </si>
   <si>
     <t>EJTA Teachers’ Training: Beyond the Deadline – Teaching the Happiness of Journalism</t>
   </si>
   <si>
     <t>https://sisu.ut.ee/ejta-teachers-training-2026/</t>
@@ -792,65 +843,74 @@
   <si>
     <t>Estonian Business School</t>
   </si>
   <si>
     <t>26.-29.05.2026</t>
   </si>
   <si>
     <t>CyCON 2026 &amp;#8211; The 18th International Conference on Cyber Conflict</t>
   </si>
   <si>
     <t>https://ccdcoe.org/cycon/</t>
   </si>
   <si>
     <t>NATO Cooperative Cyber Defence Centre of Excellence</t>
   </si>
   <si>
     <t>27.-29.05.2026</t>
   </si>
   <si>
     <t>Annual Meeting of Nordic Network of Fetal Medicine</t>
   </si>
   <si>
     <t>https://nnfm2026.ee/en/welcome/</t>
   </si>
   <si>
-    <t>Tartu University Hospital</t>
-[...1 lines deleted...]
-  <si>
     <t>27.-28.05.2026</t>
   </si>
   <si>
     <t>28.-29.05.2026</t>
   </si>
   <si>
     <t>20th Annual Conference of the Nordic Association of Japanese Studies (NAJS)</t>
   </si>
   <si>
     <t>https://aasiakeskus.ut.ee/en/news/najs-conference-2026</t>
   </si>
   <si>
+    <t>28.-28.05.2026</t>
+  </si>
+  <si>
+    <t>2nd International Environmental Justice Conference “Responsibility and Resilience in a Changing Climate”</t>
+  </si>
+  <si>
+    <t>https://mondo.org.ee/en/environmental-justice-conference-2026/</t>
+  </si>
+  <si>
+    <t>Mondo, Ministry of Foreign Affairs of Estonia</t>
+  </si>
+  <si>
     <t>June 2026</t>
   </si>
   <si>
     <t>02.-02.06.2026</t>
   </si>
   <si>
     <t>HIPTHER Baltics -Gaming and Tech Summit</t>
   </si>
   <si>
     <t>https://hipther.com/events/tallinn/</t>
   </si>
   <si>
     <t>Hipther OÜ</t>
   </si>
   <si>
     <t>03.-06.06.2026</t>
   </si>
   <si>
     <t>Baltic Ear, Nose and Throat Conference 2026</t>
   </si>
   <si>
     <t>https://www.conference-expert.eu/et/konverentsid/s2/1416-baltic-ear-nose-and-throat-conference-2026</t>
   </si>
   <si>
     <t>Estonian Society of Otolaryngologists and Head and Neck Surgeons</t>
@@ -909,50 +969,59 @@
   <si>
     <t>Estonian Fairs</t>
   </si>
   <si>
     <t>10th Annual Tartu Conference On East European And Eurasian Studies</t>
   </si>
   <si>
     <t>https://sisu.ut.ee/tartuconference/</t>
   </si>
   <si>
     <t>Lotman Days Conference 2026</t>
   </si>
   <si>
     <t>https://www.tlu.ee/en/lotman-days-conference2026</t>
   </si>
   <si>
     <t>11.-14.06.2026</t>
   </si>
   <si>
     <t>NKF2026 &amp;#8211; Nordic Kite Festival</t>
   </si>
   <si>
     <t>https://nordickitefest.eu/en-gb</t>
   </si>
   <si>
+    <t>11.-13.06.2026</t>
+  </si>
+  <si>
+    <t>“Travellers of the Sea – Conference on Maritime History, Marine Archaeology and Ethnology”</t>
+  </si>
+  <si>
+    <t>https://smhy.fi/en/activities/travellers-sea-conference</t>
+  </si>
+  <si>
     <t>15.-17.06.2026</t>
   </si>
   <si>
     <t>AMP- Association for Molecular Pathology Europe meeting</t>
   </si>
   <si>
     <t>https://www.amp.org/events/amp-events-calendar/</t>
   </si>
   <si>
     <t>AMP</t>
   </si>
   <si>
     <t>15.-16.06.2026</t>
   </si>
   <si>
     <t>4th Baltic Family Firm Institute &amp;#8211; ECGI Conference Steering the Legacy: Governance and Succession in Family Enterprises</t>
   </si>
   <si>
     <t>https://www.ecgi.global/events/steering-the-legacy-governance-and-succession-in-family-enterprises</t>
   </si>
   <si>
     <t>EBS</t>
   </si>
   <si>
     <t>16.-19.06.2026</t>
@@ -1197,53 +1266,77 @@
   <si>
     <t>Ironman Tallinn</t>
   </si>
   <si>
     <t>24.-26.08.2026</t>
   </si>
   <si>
     <t>19th Congress of the European Society for Agronomy &amp;#8211; ESA</t>
   </si>
   <si>
     <t>https://esa2026.ee/</t>
   </si>
   <si>
     <t>ESA</t>
   </si>
   <si>
     <t>24.-28.08.2026</t>
   </si>
   <si>
     <t>15th International Conference on the Theory and Application of Diagrams</t>
   </si>
   <si>
     <t>https://diagrams-conference.org/2026/</t>
   </si>
   <si>
+    <t>25.-26.08.2026</t>
+  </si>
+  <si>
+    <t>25th International Gene Forum</t>
+  </si>
+  <si>
+    <t>https://geneforum.ee/</t>
+  </si>
+  <si>
+    <t>The Institute of Genomics of the University of Tartu and the Estonian Genome Foundation</t>
+  </si>
+  <si>
     <t>September 2026</t>
   </si>
   <si>
+    <t>10.-10.09.2026</t>
+  </si>
+  <si>
+    <t>Nordic-Baltic Security Summit</t>
+  </si>
+  <si>
+    <t>https://neverhack.ee/en/security-summit</t>
+  </si>
+  <si>
+    <t>Neverhack Estonia</t>
+  </si>
+  <si>
     <t>11.-13.09.2026</t>
   </si>
   <si>
     <t>Tallinn Marathon</t>
   </si>
   <si>
     <t>MTÜ Spordiürituste Korraldamise Klubi</t>
   </si>
   <si>
     <t>14.-17.09.2026</t>
   </si>
   <si>
     <t>17th ENDA Congress</t>
   </si>
   <si>
     <t>https://congresses.enda-europe.com/</t>
   </si>
   <si>
     <t>ENDA</t>
   </si>
   <si>
     <t>15.-17.09.2026</t>
   </si>
   <si>
     <t>EWLive 2026</t>
@@ -1294,50 +1387,62 @@
     <t>Estonian Peat Association</t>
   </si>
   <si>
     <t>24.-24.09.2026</t>
   </si>
   <si>
     <t>BSides Tallinn</t>
   </si>
   <si>
     <t>https://tallinn.bsides.ee/</t>
   </si>
   <si>
     <t>BSides</t>
   </si>
   <si>
     <t>October 2026</t>
   </si>
   <si>
     <t>06.-08.10.2026</t>
   </si>
   <si>
     <t>Baltic Electronics Conference 2026</t>
   </si>
   <si>
     <t>https://taltech.ee/en/bec2026</t>
+  </si>
+  <si>
+    <t>06.-09.10.2026</t>
+  </si>
+  <si>
+    <t>E-Vote-ID 2026- 11th International Joint Conference on Electronic Voting</t>
+  </si>
+  <si>
+    <t>https://e-vote-id.ee/</t>
+  </si>
+  <si>
+    <t>House of the Blackheads</t>
   </si>
   <si>
     <t>08.-09.10.2026</t>
   </si>
   <si>
     <t>Tartu Hydrogen Days 2026</t>
   </si>
   <si>
     <t>https://hve.ee/en/event/tartu-hydrogen-days-2026-future-energy-today/</t>
   </si>
   <si>
     <t>Hydrogen Valley Estonia</t>
   </si>
   <si>
     <t>14.-15.10.2026</t>
   </si>
   <si>
     <t>Impact Day 2026</t>
   </si>
   <si>
     <t>https://impactday.eu/</t>
   </si>
   <si>
     <t xml:space="preserve">Impact Day </t>
   </si>
@@ -1402,159 +1507,169 @@
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://visitestonia.com/en/the-biggest-annual-events-in-estonia-1" TargetMode="External"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cs.ioc.ee/lsg/wld26/" TargetMode="External"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.estmil.tech/" TargetMode="External"/>
 <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.northernroots.eu/" TargetMode="External"/>
-<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tlu.ee/en/yti/events/ceeshub-conference-between-peripheries-critical-relational-security-cee-and-global-south" TargetMode="External"/>
-[...102 lines deleted...]
-<Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tds.icds.ee/about" TargetMode="External"/></Relationships>
+<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kliinikum.ee/wp-content/uploads/2025/12/international-car-t-symposium-current-state-and-clinical-applications-of-car-t-technology-in-the-balticnordic-region_-1.pdf?utm_source=chatgpt.com" TargetMode="External"/>
+<Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tlu.ee/en/yti/events/ceeshub-conference-between-peripheries-critical-relational-security-cee-and-global-south" TargetMode="External"/>
+<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doktorikool.ee/en/uritused/aastakonverents-2025-molekulaarbioloogia-rakubioloogia-ja-genoomika/" TargetMode="External"/>
+<Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.startupday.ee/" TargetMode="External"/>
+<Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloudtechtallinn.com/" TargetMode="External"/>
+<Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eyfdmforum2026.eu/" TargetMode="External"/>
+<Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.32.ee/" TargetMode="External"/>
+<Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sites.google.com/view/wuml2026" TargetMode="External"/>
+<Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://futurehospitalityforum.com/en/fhtf/?fbclid=IwY2xjawOjesFleHRuA2FlbQIxMQBzcnRjBmFwcF9pZBAyMjIwMzkxNzg4MjAwODkyAAEezvhRhOR_KOrElupVDYXnqOyRFcx_cSWJlCOEO4gLNJYtyYLjRo45sb515j4_aem_4sb2uRI7ckDzLsGBGJQ6YQ" TargetMode="External"/>
+<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.residentuur.com/" TargetMode="External"/>
+<Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://confenta.com/en/etc/" TargetMode="External"/>
+<Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vasab.org/event/lbpforum/" TargetMode="External"/>
+<Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fermi.ee/en/konverents/" TargetMode="External"/>
+<Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aeropodium.com/bba" TargetMode="External"/>
+<Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icds.ee/en/euec-2026/" TargetMode="External"/>
+<Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tartumaraton.ee/en/avaleht" TargetMode="External"/>
+<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wud.ee/" TargetMode="External"/>
+<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cal.aegee.org/s/0/e947872a-224b-4c84-8d25-90a541a9ec7-d32.ics_de.html" TargetMode="External"/>
+<Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://meremuuseum.ee/en/coastal-warfare-protecting-the-coast-with-fortifications-and-fleets/" TargetMode="External"/>
+<Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.isu.org/inside-isu/isu-communications/communications/30485-isu-communication-2533/file" TargetMode="External"/>
+<Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hermitage.lt/events/cybersec-roadshow-2026-tallinn-2/" TargetMode="External"/>
+<Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nordicreforum.com/" TargetMode="External"/>
+<Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rusconf.eu/" TargetMode="External"/>
+<Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.voltaire.ox.ac.uk/news-item/call-for-papers-voltaire-in-the-baltic-world-circulations-receptions-legacies/" TargetMode="External"/>
+<Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://istp2026.ee/" TargetMode="External"/>
+<Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nex.day/" TargetMode="External"/>
+<Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://finestcentre.eu/et/event/smart-city-exchange-forum-2026-discovering-pathways-to-resilient-cities/" TargetMode="External"/>
+<Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enmconference.voog.com/estonia-swedes/cfp" TargetMode="External"/>
+<Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acams.org/en/training/seminars/acams-baltics-conference" TargetMode="External"/>
+<Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doktorikool.ee/en/uritused/rahvusvaheline-8-baltic-earth-talvekool-noortele-teadlastele-teemal-maasusteemiteadus-laanemere-piirkonna-jaoks/" TargetMode="External"/>
+<Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enlight-eu.org/university-about-us/news-events/158-news/1560-join-enlight-student-network-conference-in-tartu" TargetMode="External"/>
+<Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kampaania.aripaev.ee/business-arena-2026/?utm_source=facebook.com&amp;utm_medium=event-ticket&amp;utm_campaign=l2215-business-arena-2026&amp;fbclid=IwY2xjawODxAJleHRuA2FlbQIxMABicmlkETFpTm5kRVNJSGI2bjRhZGw2c3J0YwZhcHBfaWQQMjIyMDM5MTc4ODIwMDg5MgABHn57KZ-F-ZbG4kWeUKBAEYOpZnPgJRVcoVXUDAleMh2aUEfOhkBZqqb6vTvV_aem_Eav7abQrVDbfZPQzdDattA" TargetMode="External"/>
+<Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tmw.ee/" TargetMode="External"/>
+<Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tmw.ee/conference" TargetMode="External"/>
+<Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nordickarate.com/welcome-to-nordic-championships-in-estonia-2026/" TargetMode="External"/>
+<Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iamaworld.com/" TargetMode="External"/>
+<Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.plefora.co.uk/events/9th-small-posts-and-islands-postal-forum/" TargetMode="External"/>
+<Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://triennial.eestikonservaator.ee/" TargetMode="External"/>
+<Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aasiakeskus.ut.ee/en/news/annual-conference-asia-update-transformations-and-futures-middle-east-april-2026" TargetMode="External"/>
+<Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://filmind.filmeu.eu/news/call-for-papers-the-3rd-international-baltic-neurocine-conference" TargetMode="External"/>
+<Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlineexpo.com/en/hest2026/" TargetMode="External"/>
+<Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bse.emu.ee/" TargetMode="External"/>
+<Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.clge.eu/" TargetMode="External"/>
+<Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.emu.ee/en/no-stress-conference" TargetMode="External"/>
+<Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://tartu.kirjandus.ee/" TargetMode="External"/>
+<Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eusbsr.eu/event/eusbsr-annual-forum-2026/" TargetMode="External"/>
+<Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecla.online/events/" TargetMode="External"/>
+<Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.conference-expert.eu/en/rheumatology2026" TargetMode="External"/>
+<Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icdec.aten.tn/" TargetMode="External"/>
+<Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://futurelaw.ee/" TargetMode="External"/>
+<Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eapaediatrics.eu/eap-spring-meeting-2026-tallinn-estonia-17-18-april-2026/" TargetMode="External"/>
+<Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lmc.icds.ee/" TargetMode="External"/>
+<Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://historyandtheory.org/announcements" TargetMode="External"/>
+<Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sts2026.ee/" TargetMode="External"/>
+<Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sisu.ut.ee/ejta-teachers-training-2026/" TargetMode="External"/>
+<Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://latitude59.ee/" TargetMode="External"/>
+<Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebenezer-oe.org/pentecost2026/" TargetMode="External"/>
+<Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nordmedianetwork.org/latest/call-for-papers/3rd-annual-connor-conference-critical-turns-in-conspiracy-theory-studies-21-22-may-2026-university-of-tartu-estonia/" TargetMode="External"/>
+<Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ebs.ee/en/Conf-IRM2026" TargetMode="External"/>
+<Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccdcoe.org/cycon/" TargetMode="External"/>
+<Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nnfm2026.ee/en/welcome/" TargetMode="External"/>
+<Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enlight-eu.org/university-about-us/news-events/158-news/1560-join-enlight-student-network-conference-in-tartu" TargetMode="External"/>
+<Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aasiakeskus.ut.ee/en/news/najs-conference-2026" TargetMode="External"/>
+<Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mondo.org.ee/en/environmental-justice-conference-2026/" TargetMode="External"/>
+<Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hipther.com/events/tallinn/" TargetMode="External"/>
+<Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.conference-expert.eu/et/konverentsid/s2/1416-baltic-ear-nose-and-throat-conference-2026" TargetMode="External"/>
+<Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nordictestingdays.eu/" TargetMode="External"/>
+<Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eafponline.eu/future-conferences/" TargetMode="External"/>
+<Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mobiletartu.ut.ee/" TargetMode="External"/>
+<Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalinternshipconference.com/" TargetMode="External"/>
+<Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2026.supplysecurity.eu/?gad_source=1&amp;gad_campaignid=22206105733&amp;gbraid=0AAAAACZl8t8a3Fz6Ob31zTe-x8DpBCB2e&amp;gclid=Cj0KCQjwsPzHBhDCARIsALlWNG3GOXe5cPI2w6PRplqHN1y8rbmcK3_Led6TYJfJOGtNylCD6bdXfjMaApCkEALw_wcB" TargetMode="External"/>
+<Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sisu.ut.ee/tartuconference/" TargetMode="External"/>
+<Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tlu.ee/en/lotman-days-conference2026" TargetMode="External"/>
+<Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nordickitefest.eu/en-gb" TargetMode="External"/>
+<Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://smhy.fi/en/activities/travellers-sea-conference" TargetMode="External"/>
+<Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amp.org/events/amp-events-calendar/" TargetMode="External"/>
+<Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ecgi.global/events/steering-the-legacy-governance-and-succession-in-family-enterprises" TargetMode="External"/>
+<Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agile-gi.eu/" TargetMode="External"/>
+<Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://epnc.put.poznan.pl/" TargetMode="External"/>
+<Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlineexpo.com/en/isd-de2026/" TargetMode="External"/>
+<Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.xrm2026.com/" TargetMode="External"/>
+<Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://renewpv.eu/event/first-announcement-of-the-4th-renewpv-15th-european-kesterite-conference/" TargetMode="External"/>
+<Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ad-astra.ee/the-forum" TargetMode="External"/>
+<Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boschem.eu/" TargetMode="External"/>
+<Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dbis2026.cs.ut.ee/" TargetMode="External"/>
+<Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://indico.global/event/15717/" TargetMode="External"/>
+<Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.folklore.ee/rl/fo/konve/2026/artistic_practices/" TargetMode="External"/>
+<Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nomadsummit.com/remote-work-edition-estonia-2026/" TargetMode="External"/>
+<Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.earli.org/events/jure2026" TargetMode="External"/>
+<Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://actconf2026.github.io/index.html" TargetMode="External"/>
+<Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seoestonia.com/" TargetMode="External"/>
+<Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rallyestonia.com/en/spectators/news/uudis/2025/07/31/2026-fia-world-rally-championship-calendar-revealed/" TargetMode="External"/>
+<Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mindvalley.com/u?otag=top_navigation" TargetMode="External"/>
+<Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ifye.eu/conferences/" TargetMode="External"/>
+<Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.emu.ee/en/22ecm?fbclid=IwY2xjawPcaPNleHRuA2FlbQIxMABicmlkETFBdWtYUEJrQmh1UjB5djU0c3J0YwZhcHBfaWQQMjIyMDM5MTc4ODIwMDg5MgABHvKy0jIm_sfW9WUWpn21tQrkxh69ny9xI1RdRinOAw2rKDzxH2UuFVDi54eP_aem_WTt8_mJdjkgWlqiBGAzhSw" TargetMode="External"/>
+<Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epta.ee/post/48rahvusvahelineeptakonverents" TargetMode="External"/>
+<Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.societasethica.info/2026-call-for-papers" TargetMode="External"/>
+<Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://psychodrama.se/education1/index" TargetMode="External"/>
+<Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ironman.com/races/im-tallinn" TargetMode="External"/>
+<Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esa2026.ee/" TargetMode="External"/>
+<Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diagrams-conference.org/2026/" TargetMode="External"/>
+<Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://geneforum.ee/" TargetMode="External"/>
+<Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://neverhack.ee/en/security-summit" TargetMode="External"/>
+<Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://congresses.enda-europe.com/" TargetMode="External"/>
+<Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tangentlink-events.com/ew-live2026" TargetMode="External"/>
+<Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://defence.ee/events/estonian-defence-week-2025/" TargetMode="External"/>
+<Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://taltech.ee/en/PEMC2026/" TargetMode="External"/>
+<Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.balticpeatproducersforum.eu/" TargetMode="External"/>
+<Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tallinn.bsides.ee/" TargetMode="External"/>
+<Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://taltech.ee/en/bec2026" TargetMode="External"/>
+<Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://e-vote-id.ee/" TargetMode="External"/>
+<Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hve.ee/en/event/tartu-hydrogen-days-2026-future-energy-today/" TargetMode="External"/>
+<Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://impactday.eu/" TargetMode="External"/>
+<Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tds.icds.ee/about" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G142"/>
+  <dimension ref="A1:G152"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="8" customWidth="1"/>
     <col min="6" max="6" width="60" customWidth="1"/>
     <col min="7" max="7" width="17" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1"/>
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1637,2776 +1752,2998 @@
       </c>
       <c r="F5" t="s">
         <v>23</v>
       </c>
       <c r="G5"/>
     </row>
     <row r="6">
       <c r="A6" t="s" s="2">
         <v>24</v>
       </c>
       <c r="B6" t="s">
         <v>25</v>
       </c>
       <c r="C6" t="s" s="3">
         <v>26</v>
       </c>
       <c r="D6" t="s">
         <v>27</v>
       </c>
       <c r="E6" t="s">
         <v>17</v>
       </c>
       <c r="F6" t="s">
         <v>28</v>
       </c>
-      <c r="G6"/>
+      <c r="G6">
+        <v>450</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="s" s="2">
         <v>29</v>
       </c>
-      <c r="B7" t="inlineStr">
+      <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" t="inlineStr" s="3">
         <is>
-          <t>1st International Conference of the Central and Eastern European Security Hub  “Between Peripheries: Critical-Relational Security from CEE and the Global South”.</t>
+          <t>https://www.kliinikum.ee/wp-content/uploads/2025/12/international-car-t-symposium-current-state-and-clinical-applications-of-car-t-technology-in-the-balticnordic-region_-1.pdf?utm_source=chatgpt.com</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D7" t="s">
         <v>31</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F7"/>
       <c r="G7"/>
     </row>
     <row r="8">
       <c r="A8" t="s" s="2">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C8" t="s" s="3">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E8" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" t="s">
         <v>36</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8"/>
+      <c r="G8">
+        <v>80</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="s" s="2">
+        <v>37</v>
+      </c>
+      <c r="B9" t="s">
         <v>38</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s" s="3">
         <v>39</v>
       </c>
-      <c r="C9" t="s" s="3">
+      <c r="D9" t="s">
         <v>40</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G9"/>
     </row>
     <row r="10">
       <c r="A10" t="s" s="2">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
         <v>43</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s" s="3">
         <v>44</v>
       </c>
-      <c r="C10" t="s" s="3">
+      <c r="D10" t="s">
         <v>45</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G10"/>
     </row>
     <row r="11">
       <c r="A11" t="s" s="2">
         <v>47</v>
       </c>
       <c r="B11" t="s">
         <v>48</v>
       </c>
       <c r="C11" t="s" s="3">
         <v>49</v>
       </c>
       <c r="D11" t="s">
         <v>50</v>
       </c>
       <c r="E11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="G11">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s" s="2">
+        <v>51</v>
+      </c>
+      <c r="B12" t="s">
         <v>52</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s" s="3">
         <v>53</v>
       </c>
-      <c r="C12" t="s" s="3">
+      <c r="D12" t="s">
         <v>54</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" t="s">
         <v>55</v>
       </c>
-      <c r="E12" t="s">
-[...2 lines deleted...]
-      <c r="F12" t="s">
+      <c r="G12">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s" s="2">
         <v>56</v>
       </c>
-      <c r="G12"/>
-[...8 lines deleted...]
-      <c r="G13"/>
+      <c r="B13" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" t="s" s="3">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>59</v>
+      </c>
+      <c r="E13" t="s">
+        <v>17</v>
+      </c>
+      <c r="F13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13">
+        <v>60</v>
+      </c>
     </row>
     <row r="14">
-      <c r="A14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A14"/>
       <c r="B14"/>
       <c r="C14"/>
       <c r="D14"/>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14"/>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15"/>
+      <c r="D15"/>
+      <c r="E15"/>
+      <c r="F15"/>
+      <c r="G15"/>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
         <v>1</v>
       </c>
-      <c r="B15" t="s">
+      <c r="B16" t="s">
         <v>2</v>
       </c>
-      <c r="C15" t="s">
+      <c r="C16" t="s">
         <v>3</v>
       </c>
-      <c r="D15" t="s">
+      <c r="D16" t="s">
         <v>4</v>
       </c>
-      <c r="E15" t="s">
+      <c r="E16" t="s">
         <v>5</v>
       </c>
-      <c r="F15" t="s">
+      <c r="F16" t="s">
         <v>6</v>
       </c>
-      <c r="G15" t="s">
+      <c r="G16" t="s">
         <v>7</v>
-      </c>
-[...21 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s" s="2">
+        <v>62</v>
+      </c>
+      <c r="B17" t="s">
         <v>63</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s" s="3">
         <v>64</v>
       </c>
-      <c r="C17" t="inlineStr" s="3">
+      <c r="D17" t="s">
+        <v>65</v>
+      </c>
+      <c r="E17" t="s">
+        <v>32</v>
+      </c>
+      <c r="F17" t="s">
+        <v>66</v>
+      </c>
+      <c r="G17">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s" s="2">
+        <v>67</v>
+      </c>
+      <c r="B18" t="s">
+        <v>68</v>
+      </c>
+      <c r="C18" t="inlineStr" s="3">
         <is>
           <t>https://futurehospitalityforum.com/en/fhtf/?fbclid=IwY2xjawOjesFleHRuA2FlbQIxMQBzcnRjBmFwcF9pZBAyMjIwMzkxNzg4MjAwODkyAAEezvhRhOR_KOrElupVDYXnqOyRFcx_cSWJlCOEO4gLNJYtyYLjRo45sb515j4_aem_4sb2uRI7ckDzLsGBGJQ6YQ</t>
         </is>
       </c>
-      <c r="D17" t="s">
-[...17 lines deleted...]
-      <c r="C18" t="s" s="3">
+      <c r="D18" t="s">
         <v>69</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="F18" t="s">
         <v>70</v>
       </c>
-      <c r="G18">
-[...1 lines deleted...]
-      </c>
+      <c r="G18"/>
     </row>
     <row r="19">
       <c r="A19" t="s" s="2">
         <v>71</v>
       </c>
       <c r="B19" t="s">
         <v>72</v>
       </c>
       <c r="C19" t="s" s="3">
         <v>73</v>
       </c>
       <c r="D19" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" t="s">
+        <v>32</v>
+      </c>
+      <c r="F19" t="s">
         <v>74</v>
       </c>
-      <c r="E19" t="s">
-[...5 lines deleted...]
-      <c r="G19"/>
+      <c r="G19">
+        <v>140</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" t="s" s="2">
+        <v>75</v>
+      </c>
+      <c r="B20" t="s">
+        <v>76</v>
+      </c>
+      <c r="C20" t="s" s="3">
         <v>77</v>
       </c>
-      <c r="B20" t="s">
+      <c r="D20" t="s">
         <v>78</v>
       </c>
-      <c r="C20" t="s" s="3">
+      <c r="E20" t="s">
         <v>79</v>
       </c>
-      <c r="D20" t="s">
+      <c r="F20" t="s">
         <v>80</v>
       </c>
-      <c r="E20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G20">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s" s="2">
+        <v>81</v>
+      </c>
+      <c r="B21" t="s">
         <v>82</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s" s="3">
         <v>83</v>
       </c>
-      <c r="C21" t="s" s="3">
+      <c r="D21" t="s">
         <v>84</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" t="s">
         <v>85</v>
       </c>
-      <c r="E21" t="s">
-[...5 lines deleted...]
-      <c r="G21"/>
+      <c r="G21">
+        <v>40</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22" t="s" s="2">
+        <v>86</v>
+      </c>
+      <c r="B22" t="s">
         <v>87</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s" s="3">
         <v>88</v>
       </c>
-      <c r="C22" t="s" s="3">
+      <c r="D22" t="s">
         <v>89</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
+        <v>17</v>
+      </c>
+      <c r="F22" t="s">
         <v>90</v>
       </c>
-      <c r="E22" t="s">
-[...2 lines deleted...]
-      <c r="F22"/>
       <c r="G22"/>
     </row>
     <row r="23">
       <c r="A23" t="s" s="2">
         <v>91</v>
       </c>
       <c r="B23" t="s">
         <v>92</v>
       </c>
       <c r="C23" t="s" s="3">
         <v>93</v>
       </c>
       <c r="D23" t="s">
         <v>94</v>
       </c>
       <c r="E23" t="s">
         <v>17</v>
       </c>
       <c r="F23" t="s">
-        <v>28</v>
+        <v>95</v>
       </c>
       <c r="G23"/>
     </row>
     <row r="24">
       <c r="A24" t="s" s="2">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B24" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C24" t="s" s="3">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D24" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E24" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="F24"/>
       <c r="G24"/>
     </row>
     <row r="25">
       <c r="A25" t="s" s="2">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B25" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C25" t="s" s="3">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D25" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E25" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F25" t="s">
+        <v>32</v>
+      </c>
+      <c r="F25"/>
+      <c r="G25"/>
+    </row>
+    <row r="26">
+      <c r="A26" t="s" s="2">
+        <v>104</v>
+      </c>
+      <c r="B26" t="s">
+        <v>105</v>
+      </c>
+      <c r="C26" t="s" s="3">
+        <v>106</v>
+      </c>
+      <c r="D26" t="s">
+        <v>107</v>
+      </c>
+      <c r="E26" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" t="s">
         <v>28</v>
       </c>
-      <c r="G25"/>
-[...7 lines deleted...]
-      <c r="F26"/>
       <c r="G26"/>
     </row>
     <row r="27">
-      <c r="A27" t="s">
-[...5 lines deleted...]
-      <c r="E27"/>
+      <c r="A27" t="s" s="2">
+        <v>108</v>
+      </c>
+      <c r="B27" t="s">
+        <v>109</v>
+      </c>
+      <c r="C27" t="s" s="3">
+        <v>110</v>
+      </c>
+      <c r="D27" t="s">
+        <v>111</v>
+      </c>
+      <c r="E27" t="s">
+        <v>32</v>
+      </c>
       <c r="F27"/>
       <c r="G27"/>
     </row>
     <row r="28">
-      <c r="A28" t="s">
-        <v>1</v>
+      <c r="A28" t="s" s="2">
+        <v>112</v>
       </c>
       <c r="B28" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>113</v>
+      </c>
+      <c r="C28" t="s" s="3">
+        <v>114</v>
       </c>
       <c r="D28" t="s">
-        <v>4</v>
+        <v>115</v>
       </c>
       <c r="E28" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="F28" t="s">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="G28"/>
     </row>
     <row r="29">
-      <c r="A29" t="s" s="2">
-[...13 lines deleted...]
-      </c>
+      <c r="A29"/>
+      <c r="B29"/>
+      <c r="C29"/>
+      <c r="D29"/>
+      <c r="E29"/>
       <c r="F29"/>
       <c r="G29"/>
     </row>
     <row r="30">
-      <c r="A30" t="s" s="2">
-[...16 lines deleted...]
-      </c>
+      <c r="A30" t="s">
+        <v>116</v>
+      </c>
+      <c r="B30"/>
+      <c r="C30"/>
+      <c r="D30"/>
+      <c r="E30"/>
+      <c r="F30"/>
       <c r="G30"/>
     </row>
     <row r="31">
-      <c r="A31" t="s" s="2">
-        <v>112</v>
+      <c r="A31" t="s">
+        <v>1</v>
       </c>
       <c r="B31" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>2</v>
+      </c>
+      <c r="C31" t="s">
+        <v>3</v>
       </c>
       <c r="D31" t="s">
-        <v>115</v>
+        <v>4</v>
       </c>
       <c r="E31" t="s">
-        <v>36</v>
+        <v>5</v>
       </c>
       <c r="F31" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>289</v>
+        <v>6</v>
+      </c>
+      <c r="G31" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s" s="2">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="B32" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C32" t="s" s="3">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D32" t="s">
-        <v>37</v>
+        <v>120</v>
       </c>
       <c r="E32" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="F32"/>
       <c r="G32"/>
     </row>
     <row r="33">
       <c r="A33" t="s" s="2">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B33" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="C33" t="s" s="3">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D33" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E33" t="s">
         <v>17</v>
       </c>
-      <c r="F33" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="F33"/>
+      <c r="G33"/>
     </row>
     <row r="34">
       <c r="A34" t="s" s="2">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="B34" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C34" t="s" s="3">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D34" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E34" t="s">
         <v>17</v>
       </c>
       <c r="F34" t="s">
-        <v>126</v>
+        <v>28</v>
       </c>
       <c r="G34"/>
     </row>
     <row r="35">
       <c r="A35" t="s" s="2">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="B35" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="C35" t="s" s="3">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D35" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E35" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F35" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="G35"/>
+        <v>74</v>
+      </c>
+      <c r="G35">
+        <v>300</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" t="s" s="2">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B36" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C36" t="s" s="3">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D36" t="s">
-        <v>134</v>
+        <v>41</v>
       </c>
       <c r="E36" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F36" t="s">
-        <v>135</v>
+        <v>41</v>
       </c>
       <c r="G36"/>
     </row>
     <row r="37">
       <c r="A37" t="s" s="2">
+        <v>135</v>
+      </c>
+      <c r="B37" t="s">
         <v>136</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s" s="3">
         <v>137</v>
       </c>
-      <c r="C37" t="s" s="3">
+      <c r="D37" t="s">
         <v>138</v>
       </c>
-      <c r="D37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" t="s">
         <v>17</v>
       </c>
       <c r="F37" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="G37"/>
+        <v>28</v>
+      </c>
+      <c r="G37">
+        <v>200</v>
+      </c>
     </row>
     <row r="38">
       <c r="A38" t="s" s="2">
+        <v>139</v>
+      </c>
+      <c r="B38" t="s">
         <v>140</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s" s="3">
         <v>141</v>
       </c>
-      <c r="C38" t="s" s="3">
+      <c r="D38" t="s">
         <v>142</v>
       </c>
-      <c r="D38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" t="s">
         <v>17</v>
       </c>
       <c r="F38" t="s">
-        <v>144</v>
+        <v>90</v>
       </c>
       <c r="G38"/>
     </row>
     <row r="39">
       <c r="A39" t="s" s="2">
+        <v>139</v>
+      </c>
+      <c r="B39" t="s">
+        <v>143</v>
+      </c>
+      <c r="C39" t="s" s="3">
+        <v>144</v>
+      </c>
+      <c r="D39" t="s">
         <v>145</v>
       </c>
-      <c r="B39" t="s">
+      <c r="E39" t="s">
+        <v>17</v>
+      </c>
+      <c r="F39" t="s">
         <v>146</v>
       </c>
-      <c r="C39" t="s" s="3">
-[...13 lines deleted...]
-      </c>
+      <c r="G39"/>
     </row>
     <row r="40">
       <c r="A40" t="s" s="2">
+        <v>147</v>
+      </c>
+      <c r="B40" t="s">
         <v>148</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s" s="3">
         <v>149</v>
       </c>
-      <c r="C40" t="inlineStr" s="3">
+      <c r="D40" t="s">
+        <v>150</v>
+      </c>
+      <c r="E40" t="s">
+        <v>32</v>
+      </c>
+      <c r="F40" t="s">
+        <v>46</v>
+      </c>
+      <c r="G40"/>
+    </row>
+    <row r="41">
+      <c r="A41" t="s" s="2">
+        <v>151</v>
+      </c>
+      <c r="B41" t="s">
+        <v>152</v>
+      </c>
+      <c r="C41" t="s" s="3">
+        <v>153</v>
+      </c>
+      <c r="D41" t="s">
+        <v>154</v>
+      </c>
+      <c r="E41" t="s">
+        <v>17</v>
+      </c>
+      <c r="F41" t="s">
+        <v>70</v>
+      </c>
+      <c r="G41"/>
+    </row>
+    <row r="42">
+      <c r="A42" t="s" s="2">
+        <v>155</v>
+      </c>
+      <c r="B42" t="s">
+        <v>156</v>
+      </c>
+      <c r="C42" t="s" s="3">
+        <v>157</v>
+      </c>
+      <c r="D42" t="s">
+        <v>158</v>
+      </c>
+      <c r="E42" t="s">
+        <v>17</v>
+      </c>
+      <c r="F42" t="s">
+        <v>159</v>
+      </c>
+      <c r="G42"/>
+    </row>
+    <row r="43">
+      <c r="A43" t="s" s="2">
+        <v>160</v>
+      </c>
+      <c r="B43" t="s">
+        <v>161</v>
+      </c>
+      <c r="C43" t="s" s="3">
+        <v>162</v>
+      </c>
+      <c r="D43" t="s">
+        <v>41</v>
+      </c>
+      <c r="E43" t="s">
+        <v>32</v>
+      </c>
+      <c r="F43" t="s">
+        <v>41</v>
+      </c>
+      <c r="G43">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s" s="2">
+        <v>163</v>
+      </c>
+      <c r="B44" t="s">
+        <v>164</v>
+      </c>
+      <c r="C44" t="inlineStr" s="3">
         <is>
           <t>https://kampaania.aripaev.ee/business-arena-2026/?utm_source=facebook.com&amp;utm_medium=event-ticket&amp;utm_campaign=l2215-business-arena-2026&amp;fbclid=IwY2xjawODxAJleHRuA2FlbQIxMABicmlkETFpTm5kRVNJSGI2bjRhZGw2c3J0YwZhcHBfaWQQMjIyMDM5MTc4ODIwMDg5MgABHn57KZ-F-ZbG4kWeUKBAEYOpZnPgJRVcoVXUDAleMh2aUEfOhkBZqqb6vTvV_aem_Eav7abQrVDbfZPQzdDattA</t>
         </is>
       </c>
-      <c r="D40" t="s">
-[...5 lines deleted...]
-      <c r="F40" t="s">
+      <c r="D44" t="s">
+        <v>165</v>
+      </c>
+      <c r="E44" t="s">
+        <v>17</v>
+      </c>
+      <c r="F44" t="s">
         <v>28</v>
       </c>
-      <c r="G40"/>
-[...60 lines deleted...]
-      <c r="F44"/>
       <c r="G44"/>
     </row>
     <row r="45">
-      <c r="A45" t="s" s="2">
-[...13 lines deleted...]
-      </c>
+      <c r="A45"/>
+      <c r="B45"/>
+      <c r="C45"/>
+      <c r="D45"/>
+      <c r="E45"/>
       <c r="F45"/>
       <c r="G45"/>
     </row>
     <row r="46">
-      <c r="A46" t="s" s="2">
-[...13 lines deleted...]
-      </c>
+      <c r="A46" t="s">
+        <v>166</v>
+      </c>
+      <c r="B46"/>
+      <c r="C46"/>
+      <c r="D46"/>
+      <c r="E46"/>
       <c r="F46"/>
       <c r="G46"/>
     </row>
     <row r="47">
-      <c r="A47" t="s" s="2">
-        <v>163</v>
+      <c r="A47" t="s">
+        <v>1</v>
       </c>
       <c r="B47" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>2</v>
+      </c>
+      <c r="C47" t="s">
+        <v>3</v>
       </c>
       <c r="D47" t="s">
-        <v>166</v>
+        <v>4</v>
       </c>
       <c r="E47" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="F47" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="G47"/>
+        <v>6</v>
+      </c>
+      <c r="G47" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="48">
       <c r="A48" t="s" s="2">
+        <v>167</v>
+      </c>
+      <c r="B48" t="s">
         <v>168</v>
       </c>
-      <c r="B48" t="s">
+      <c r="C48" t="s" s="3">
         <v>169</v>
       </c>
-      <c r="C48" t="s" s="3">
+      <c r="D48" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E48" t="s">
         <v>17</v>
       </c>
       <c r="F48"/>
       <c r="G48"/>
     </row>
     <row r="49">
       <c r="A49" t="s" s="2">
+        <v>171</v>
+      </c>
+      <c r="B49" t="s">
         <v>172</v>
       </c>
-      <c r="B49" t="s">
+      <c r="C49" t="s" s="3">
         <v>173</v>
       </c>
-      <c r="C49" t="s" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D49" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="E49" t="s">
         <v>17</v>
       </c>
-      <c r="F49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F49"/>
       <c r="G49"/>
     </row>
     <row r="50">
       <c r="A50" t="s" s="2">
+        <v>174</v>
+      </c>
+      <c r="B50" t="s">
+        <v>175</v>
+      </c>
+      <c r="C50" t="s" s="3">
+        <v>176</v>
+      </c>
+      <c r="D50" t="s">
         <v>177</v>
       </c>
-      <c r="B50" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E50" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F50"/>
       <c r="G50"/>
     </row>
     <row r="51">
       <c r="A51" t="s" s="2">
+        <v>178</v>
+      </c>
+      <c r="B51" t="s">
+        <v>179</v>
+      </c>
+      <c r="C51" t="s" s="3">
+        <v>180</v>
+      </c>
+      <c r="D51" t="s">
         <v>181</v>
       </c>
-      <c r="B51" t="s">
+      <c r="E51" t="s">
+        <v>17</v>
+      </c>
+      <c r="F51" t="s">
         <v>182</v>
       </c>
-      <c r="C51" t="s" s="3">
+      <c r="G51"/>
+    </row>
+    <row r="52">
+      <c r="A52" t="s" s="2">
         <v>183</v>
       </c>
-      <c r="D51" t="s">
+      <c r="B52" t="s">
         <v>184</v>
       </c>
-      <c r="E51" t="s">
-[...12 lines deleted...]
-      <c r="E52"/>
+      <c r="C52" t="s" s="3">
+        <v>185</v>
+      </c>
+      <c r="D52" t="s">
+        <v>186</v>
+      </c>
+      <c r="E52" t="s">
+        <v>17</v>
+      </c>
       <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53">
-      <c r="A53" t="s">
-[...6 lines deleted...]
-      <c r="F53"/>
+      <c r="A53" t="s" s="2">
+        <v>187</v>
+      </c>
+      <c r="B53" t="s">
+        <v>188</v>
+      </c>
+      <c r="C53" t="s" s="3">
+        <v>189</v>
+      </c>
+      <c r="D53" t="s">
+        <v>190</v>
+      </c>
+      <c r="E53" t="s">
+        <v>17</v>
+      </c>
+      <c r="F53" t="s">
+        <v>191</v>
+      </c>
       <c r="G53"/>
     </row>
     <row r="54">
-      <c r="A54" t="s">
-        <v>1</v>
+      <c r="A54" t="s" s="2">
+        <v>192</v>
       </c>
       <c r="B54" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>193</v>
+      </c>
+      <c r="C54" t="s" s="3">
+        <v>194</v>
       </c>
       <c r="D54" t="s">
-        <v>4</v>
+        <v>41</v>
       </c>
       <c r="E54" t="s">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="F54" t="s">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="G54"/>
     </row>
     <row r="55">
       <c r="A55" t="s" s="2">
-        <v>186</v>
+        <v>196</v>
       </c>
       <c r="B55" t="s">
-        <v>187</v>
+        <v>197</v>
       </c>
       <c r="C55" t="s" s="3">
-        <v>188</v>
+        <v>198</v>
       </c>
       <c r="D55" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="E55" t="s">
         <v>17</v>
       </c>
       <c r="F55" t="s">
-        <v>190</v>
+        <v>36</v>
       </c>
       <c r="G55"/>
     </row>
     <row r="56">
-      <c r="A56" t="s" s="2">
-[...16 lines deleted...]
-      </c>
+      <c r="A56"/>
+      <c r="B56"/>
+      <c r="C56"/>
+      <c r="D56"/>
+      <c r="E56"/>
+      <c r="F56"/>
       <c r="G56"/>
     </row>
     <row r="57">
-      <c r="A57" t="s" s="2">
-[...13 lines deleted...]
-      </c>
+      <c r="A57" t="s">
+        <v>200</v>
+      </c>
+      <c r="B57"/>
+      <c r="C57"/>
+      <c r="D57"/>
+      <c r="E57"/>
       <c r="F57"/>
       <c r="G57"/>
     </row>
     <row r="58">
-      <c r="A58" t="s" s="2">
-        <v>200</v>
+      <c r="A58" t="s">
+        <v>1</v>
       </c>
       <c r="B58" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>2</v>
+      </c>
+      <c r="C58" t="s">
+        <v>3</v>
       </c>
       <c r="D58" t="s">
-        <v>203</v>
+        <v>4</v>
       </c>
       <c r="E58" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-      <c r="G58"/>
+        <v>5</v>
+      </c>
+      <c r="F58" t="s">
+        <v>6</v>
+      </c>
+      <c r="G58" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="59">
       <c r="A59" t="s" s="2">
+        <v>201</v>
+      </c>
+      <c r="B59" t="s">
+        <v>202</v>
+      </c>
+      <c r="C59" t="s" s="3">
+        <v>203</v>
+      </c>
+      <c r="D59" t="s">
         <v>204</v>
       </c>
-      <c r="B59" t="s">
+      <c r="E59" t="s">
+        <v>17</v>
+      </c>
+      <c r="F59" t="s">
         <v>205</v>
       </c>
-      <c r="C59" t="s" s="3">
-[...8 lines deleted...]
-      <c r="F59"/>
       <c r="G59"/>
     </row>
     <row r="60">
       <c r="A60" t="s" s="2">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B60" t="s">
+        <v>207</v>
+      </c>
+      <c r="C60" t="s" s="3">
         <v>208</v>
       </c>
-      <c r="C60" t="s" s="3">
+      <c r="D60" t="s">
         <v>209</v>
       </c>
-      <c r="D60" t="s">
+      <c r="E60" t="s">
+        <v>32</v>
+      </c>
+      <c r="F60" t="s">
         <v>210</v>
       </c>
-      <c r="E60" t="s">
-[...2 lines deleted...]
-      <c r="F60"/>
       <c r="G60"/>
     </row>
     <row r="61">
       <c r="A61" t="s" s="2">
         <v>211</v>
       </c>
       <c r="B61" t="s">
         <v>212</v>
       </c>
       <c r="C61" t="s" s="3">
         <v>213</v>
       </c>
       <c r="D61" t="s">
         <v>214</v>
       </c>
       <c r="E61" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F61"/>
       <c r="G61"/>
     </row>
     <row r="62">
       <c r="A62" t="s" s="2">
         <v>215</v>
       </c>
       <c r="B62" t="s">
         <v>216</v>
       </c>
       <c r="C62" t="s" s="3">
         <v>217</v>
       </c>
       <c r="D62" t="s">
-        <v>16</v>
+        <v>209</v>
       </c>
       <c r="E62" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="G62"/>
+        <v>32</v>
+      </c>
+      <c r="F62"/>
+      <c r="G62">
+        <v>200</v>
+      </c>
     </row>
     <row r="63">
       <c r="A63" t="s" s="2">
         <v>218</v>
       </c>
       <c r="B63" t="s">
         <v>219</v>
       </c>
       <c r="C63" t="s" s="3">
         <v>220</v>
       </c>
       <c r="D63" t="s">
         <v>221</v>
       </c>
       <c r="E63" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F63"/>
       <c r="G63"/>
     </row>
     <row r="64">
       <c r="A64" t="s" s="2">
+        <v>222</v>
+      </c>
+      <c r="B64" t="s">
         <v>223</v>
       </c>
-      <c r="B64" t="s">
+      <c r="C64" t="s" s="3">
         <v>224</v>
       </c>
-      <c r="C64" t="s" s="3">
+      <c r="D64" t="s">
         <v>225</v>
       </c>
-      <c r="D64" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E64" t="s">
         <v>17</v>
       </c>
-      <c r="F64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F64"/>
       <c r="G64"/>
     </row>
     <row r="65">
       <c r="A65" t="s" s="2">
+        <v>222</v>
+      </c>
+      <c r="B65" t="s">
+        <v>226</v>
+      </c>
+      <c r="C65" t="s" s="3">
+        <v>227</v>
+      </c>
+      <c r="D65" t="s">
         <v>228</v>
-      </c>
-[...7 lines deleted...]
-        <v>231</v>
       </c>
       <c r="E65" t="s">
         <v>17</v>
       </c>
       <c r="F65"/>
       <c r="G65"/>
     </row>
     <row r="66">
       <c r="A66" t="s" s="2">
+        <v>229</v>
+      </c>
+      <c r="B66" t="s">
+        <v>230</v>
+      </c>
+      <c r="C66" t="s" s="3">
+        <v>231</v>
+      </c>
+      <c r="D66" t="s">
         <v>232</v>
       </c>
-      <c r="B66" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E66" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F66" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="G66"/>
     </row>
     <row r="67">
       <c r="A67" t="s" s="2">
+        <v>233</v>
+      </c>
+      <c r="B67" t="s">
+        <v>234</v>
+      </c>
+      <c r="C67" t="s" s="3">
         <v>235</v>
       </c>
-      <c r="B67" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D67" t="s">
-        <v>238</v>
+        <v>16</v>
       </c>
       <c r="E67" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="F67" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="G67"/>
     </row>
     <row r="68">
       <c r="A68" t="s" s="2">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B68" t="s">
+        <v>237</v>
+      </c>
+      <c r="C68" t="s" s="3">
+        <v>238</v>
+      </c>
+      <c r="D68" t="s">
         <v>239</v>
       </c>
-      <c r="C68" t="s" s="3">
+      <c r="E68" t="s">
+        <v>17</v>
+      </c>
+      <c r="F68" t="s">
         <v>240</v>
       </c>
-      <c r="D68" t="s">
-[...5 lines deleted...]
-      <c r="F68"/>
       <c r="G68"/>
     </row>
     <row r="69">
       <c r="A69" t="s" s="2">
         <v>241</v>
       </c>
       <c r="B69" t="s">
         <v>242</v>
       </c>
       <c r="C69" t="s" s="3">
         <v>243</v>
       </c>
       <c r="D69" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="E69" t="s">
         <v>17</v>
       </c>
       <c r="F69" t="s">
-        <v>28</v>
+        <v>245</v>
       </c>
       <c r="G69"/>
     </row>
     <row r="70">
       <c r="A70" t="s" s="2">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B70" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C70" t="s" s="3">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D70" t="s">
-        <v>247</v>
+        <v>99</v>
       </c>
       <c r="E70" t="s">
         <v>17</v>
       </c>
-      <c r="F70" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F70"/>
       <c r="G70"/>
     </row>
     <row r="71">
       <c r="A71" t="s" s="2">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="B71" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="C71" t="inlineStr" s="3">
+        <v>250</v>
+      </c>
+      <c r="C71" t="s" s="3">
+        <v>251</v>
+      </c>
+      <c r="D71" t="s">
+        <v>36</v>
+      </c>
+      <c r="E71" t="s">
+        <v>17</v>
+      </c>
+      <c r="F71" t="s">
+        <v>36</v>
+      </c>
+      <c r="G71"/>
+    </row>
+    <row r="72">
+      <c r="A72" t="s" s="2">
+        <v>252</v>
+      </c>
+      <c r="B72" t="s">
+        <v>253</v>
+      </c>
+      <c r="C72" t="s" s="3">
+        <v>254</v>
+      </c>
+      <c r="D72" t="s">
+        <v>255</v>
+      </c>
+      <c r="E72" t="s">
+        <v>32</v>
+      </c>
+      <c r="F72" t="s">
+        <v>74</v>
+      </c>
+      <c r="G72"/>
+    </row>
+    <row r="73">
+      <c r="A73" t="s" s="2">
+        <v>252</v>
+      </c>
+      <c r="B73" t="s">
+        <v>256</v>
+      </c>
+      <c r="C73" t="s" s="3">
+        <v>257</v>
+      </c>
+      <c r="D73" t="s">
+        <v>41</v>
+      </c>
+      <c r="E73" t="s">
+        <v>32</v>
+      </c>
+      <c r="F73"/>
+      <c r="G73"/>
+    </row>
+    <row r="74">
+      <c r="A74" t="s" s="2">
+        <v>258</v>
+      </c>
+      <c r="B74" t="s">
+        <v>259</v>
+      </c>
+      <c r="C74" t="s" s="3">
+        <v>260</v>
+      </c>
+      <c r="D74" t="s">
+        <v>259</v>
+      </c>
+      <c r="E74" t="s">
+        <v>17</v>
+      </c>
+      <c r="F74" t="s">
+        <v>28</v>
+      </c>
+      <c r="G74"/>
+    </row>
+    <row r="75">
+      <c r="A75" t="s" s="2">
+        <v>261</v>
+      </c>
+      <c r="B75" t="s">
+        <v>262</v>
+      </c>
+      <c r="C75" t="s" s="3">
+        <v>263</v>
+      </c>
+      <c r="D75" t="s">
+        <v>264</v>
+      </c>
+      <c r="E75" t="s">
+        <v>17</v>
+      </c>
+      <c r="F75" t="s">
+        <v>245</v>
+      </c>
+      <c r="G75"/>
+    </row>
+    <row r="76">
+      <c r="A76" t="s" s="2">
+        <v>258</v>
+      </c>
+      <c r="B76" t="s">
+        <v>265</v>
+      </c>
+      <c r="C76" t="inlineStr" s="3">
         <is>
           <t>https://nordmedianetwork.org/latest/call-for-papers/3rd-annual-connor-conference-critical-turns-in-conspiracy-theory-studies-21-22-may-2026-university-of-tartu-estonia/</t>
         </is>
       </c>
-      <c r="D71" t="s">
-[...97 lines deleted...]
-      </c>
       <c r="D76" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E76" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F76" t="s">
-        <v>62</v>
+        <v>195</v>
       </c>
       <c r="G76"/>
     </row>
     <row r="77">
-      <c r="A77"/>
-[...4 lines deleted...]
-      <c r="F77"/>
+      <c r="A77" t="s" s="2">
+        <v>266</v>
+      </c>
+      <c r="B77" t="s">
+        <v>267</v>
+      </c>
+      <c r="C77" t="s" s="3">
+        <v>268</v>
+      </c>
+      <c r="D77" t="s">
+        <v>269</v>
+      </c>
+      <c r="E77" t="s">
+        <v>17</v>
+      </c>
+      <c r="F77" t="s">
+        <v>269</v>
+      </c>
       <c r="G77"/>
     </row>
     <row r="78">
-      <c r="A78" t="s">
-[...5 lines deleted...]
-      <c r="E78"/>
+      <c r="A78" t="s" s="2">
+        <v>270</v>
+      </c>
+      <c r="B78" t="s">
+        <v>271</v>
+      </c>
+      <c r="C78" t="s" s="3">
+        <v>272</v>
+      </c>
+      <c r="D78" t="s">
+        <v>273</v>
+      </c>
+      <c r="E78" t="s">
+        <v>17</v>
+      </c>
       <c r="F78"/>
       <c r="G78"/>
     </row>
     <row r="79">
-      <c r="A79" t="s">
-        <v>1</v>
+      <c r="A79" t="s" s="2">
+        <v>274</v>
       </c>
       <c r="B79" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>275</v>
+      </c>
+      <c r="C79" t="s" s="3">
+        <v>276</v>
       </c>
       <c r="D79" t="s">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="E79" t="s">
-        <v>5</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F79"/>
+      <c r="G79"/>
     </row>
     <row r="80">
       <c r="A80" t="s" s="2">
-        <v>266</v>
+        <v>277</v>
       </c>
       <c r="B80" t="s">
-        <v>267</v>
+        <v>161</v>
       </c>
       <c r="C80" t="s" s="3">
-        <v>268</v>
+        <v>162</v>
       </c>
       <c r="D80" t="s">
-        <v>269</v>
+        <v>41</v>
       </c>
       <c r="E80" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="F80"/>
       <c r="G80"/>
     </row>
     <row r="81">
       <c r="A81" t="s" s="2">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="B81" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="C81" t="s" s="3">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="D81" t="s">
-        <v>273</v>
+        <v>41</v>
       </c>
       <c r="E81" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F81" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="G81"/>
     </row>
     <row r="82">
       <c r="A82" t="s" s="2">
-        <v>270</v>
+        <v>281</v>
       </c>
       <c r="B82" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="C82" t="s" s="3">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="D82" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="E82" t="s">
         <v>17</v>
       </c>
-      <c r="F82" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F82"/>
       <c r="G82"/>
     </row>
     <row r="83">
-      <c r="A83" t="s" s="2">
-[...13 lines deleted...]
-      </c>
+      <c r="A83"/>
+      <c r="B83"/>
+      <c r="C83"/>
+      <c r="D83"/>
+      <c r="E83"/>
       <c r="F83"/>
       <c r="G83"/>
     </row>
     <row r="84">
-      <c r="A84" t="s" s="2">
-[...16 lines deleted...]
-      </c>
+      <c r="A84" t="s">
+        <v>285</v>
+      </c>
+      <c r="B84"/>
+      <c r="C84"/>
+      <c r="D84"/>
+      <c r="E84"/>
+      <c r="F84"/>
       <c r="G84"/>
     </row>
     <row r="85">
-      <c r="A85" t="s" s="2">
-        <v>284</v>
+      <c r="A85" t="s">
+        <v>1</v>
       </c>
       <c r="B85" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>2</v>
+      </c>
+      <c r="C85" t="s">
+        <v>3</v>
       </c>
       <c r="D85" t="s">
-        <v>287</v>
+        <v>4</v>
       </c>
       <c r="E85" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-      <c r="G85"/>
+        <v>5</v>
+      </c>
+      <c r="F85" t="s">
+        <v>6</v>
+      </c>
+      <c r="G85" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="86">
       <c r="A86" t="s" s="2">
+        <v>286</v>
+      </c>
+      <c r="B86" t="s">
+        <v>287</v>
+      </c>
+      <c r="C86" t="s" s="3">
         <v>288</v>
       </c>
-      <c r="B86" t="s">
+      <c r="D86" t="s">
         <v>289</v>
       </c>
-      <c r="C86" t="inlineStr" s="3">
+      <c r="E86" t="s">
+        <v>17</v>
+      </c>
+      <c r="F86" t="s">
+        <v>70</v>
+      </c>
+      <c r="G86"/>
+    </row>
+    <row r="87">
+      <c r="A87" t="s" s="2">
+        <v>290</v>
+      </c>
+      <c r="B87" t="s">
+        <v>291</v>
+      </c>
+      <c r="C87" t="s" s="3">
+        <v>292</v>
+      </c>
+      <c r="D87" t="s">
+        <v>293</v>
+      </c>
+      <c r="E87" t="s">
+        <v>17</v>
+      </c>
+      <c r="F87" t="s">
+        <v>60</v>
+      </c>
+      <c r="G87"/>
+    </row>
+    <row r="88">
+      <c r="A88" t="s" s="2">
+        <v>290</v>
+      </c>
+      <c r="B88" t="s">
+        <v>294</v>
+      </c>
+      <c r="C88" t="s" s="3">
+        <v>295</v>
+      </c>
+      <c r="D88" t="s">
+        <v>296</v>
+      </c>
+      <c r="E88" t="s">
+        <v>17</v>
+      </c>
+      <c r="F88" t="s">
+        <v>28</v>
+      </c>
+      <c r="G88"/>
+    </row>
+    <row r="89">
+      <c r="A89" t="s" s="2">
+        <v>297</v>
+      </c>
+      <c r="B89" t="s">
+        <v>298</v>
+      </c>
+      <c r="C89" t="s" s="3">
+        <v>299</v>
+      </c>
+      <c r="D89" t="s">
+        <v>300</v>
+      </c>
+      <c r="E89" t="s">
+        <v>32</v>
+      </c>
+      <c r="F89"/>
+      <c r="G89"/>
+    </row>
+    <row r="90">
+      <c r="A90" t="s" s="2">
+        <v>301</v>
+      </c>
+      <c r="B90" t="s">
+        <v>302</v>
+      </c>
+      <c r="C90" t="s" s="3">
+        <v>303</v>
+      </c>
+      <c r="D90" t="s">
+        <v>41</v>
+      </c>
+      <c r="E90" t="s">
+        <v>32</v>
+      </c>
+      <c r="F90" t="s">
+        <v>41</v>
+      </c>
+      <c r="G90"/>
+    </row>
+    <row r="91">
+      <c r="A91" t="s" s="2">
+        <v>304</v>
+      </c>
+      <c r="B91" t="s">
+        <v>305</v>
+      </c>
+      <c r="C91" t="s" s="3">
+        <v>306</v>
+      </c>
+      <c r="D91" t="s">
+        <v>307</v>
+      </c>
+      <c r="E91" t="s">
+        <v>17</v>
+      </c>
+      <c r="F91"/>
+      <c r="G91"/>
+    </row>
+    <row r="92">
+      <c r="A92" t="s" s="2">
+        <v>308</v>
+      </c>
+      <c r="B92" t="s">
+        <v>309</v>
+      </c>
+      <c r="C92" t="inlineStr" s="3">
         <is>
           <t>https://2026.supplysecurity.eu/?gad_source=1&amp;gad_campaignid=22206105733&amp;gbraid=0AAAAACZl8t8a3Fz6Ob31zTe-x8DpBCB2e&amp;gclid=Cj0KCQjwsPzHBhDCARIsALlWNG3GOXe5cPI2w6PRplqHN1y8rbmcK3_Led6TYJfJOGtNylCD6bdXfjMaApCkEALw_wcB</t>
         </is>
       </c>
-      <c r="D86" t="s">
-[...120 lines deleted...]
-      </c>
       <c r="D92" t="s">
         <v>310</v>
       </c>
       <c r="E92" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="F92" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="G92"/>
     </row>
     <row r="93">
       <c r="A93" t="s" s="2">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B93" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C93" t="s" s="3">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D93" t="s">
-        <v>313</v>
+        <v>41</v>
       </c>
       <c r="E93" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F93" t="s">
-        <v>314</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="G93"/>
     </row>
     <row r="94">
       <c r="A94" t="s" s="2">
+        <v>304</v>
+      </c>
+      <c r="B94" t="s">
+        <v>314</v>
+      </c>
+      <c r="C94" t="s" s="3">
         <v>315</v>
       </c>
-      <c r="B94" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D94" t="s">
-        <v>318</v>
+        <v>36</v>
       </c>
       <c r="E94" t="s">
         <v>17</v>
       </c>
       <c r="F94" t="s">
-        <v>319</v>
+        <v>36</v>
       </c>
       <c r="G94"/>
     </row>
     <row r="95">
       <c r="A95" t="s" s="2">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B95" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="C95" t="s" s="3">
-        <v>321</v>
-[...3 lines deleted...]
-      </c>
+        <v>318</v>
+      </c>
+      <c r="D95"/>
       <c r="E95" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="F95"/>
       <c r="G95"/>
     </row>
     <row r="96">
       <c r="A96" t="s" s="2">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B96" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C96" t="s" s="3">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="D96" t="s">
-        <v>324</v>
+        <v>115</v>
       </c>
       <c r="E96" t="s">
         <v>17</v>
       </c>
       <c r="F96"/>
-      <c r="G96"/>
+      <c r="G96">
+        <v>130</v>
+      </c>
     </row>
     <row r="97">
       <c r="A97" t="s" s="2">
+        <v>322</v>
+      </c>
+      <c r="B97" t="s">
+        <v>323</v>
+      </c>
+      <c r="C97" t="s" s="3">
+        <v>324</v>
+      </c>
+      <c r="D97" t="s">
         <v>325</v>
       </c>
-      <c r="B97" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E97" t="s">
         <v>17</v>
       </c>
       <c r="F97" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="G97"/>
     </row>
     <row r="98">
       <c r="A98" t="s" s="2">
+        <v>326</v>
+      </c>
+      <c r="B98" t="s">
+        <v>327</v>
+      </c>
+      <c r="C98" t="s" s="3">
+        <v>328</v>
+      </c>
+      <c r="D98" t="s">
         <v>329</v>
       </c>
-      <c r="B98" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E98" t="s">
         <v>17</v>
       </c>
       <c r="F98" t="s">
-        <v>66</v>
+        <v>269</v>
       </c>
       <c r="G98"/>
     </row>
     <row r="99">
       <c r="A99" t="s" s="2">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B99" t="s">
+        <v>331</v>
+      </c>
+      <c r="C99" t="s" s="3">
+        <v>332</v>
+      </c>
+      <c r="D99" t="s">
         <v>333</v>
       </c>
-      <c r="C99" t="s" s="3">
-[...4 lines deleted...]
-      </c>
       <c r="E99" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F99" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G99"/>
+        <v>195</v>
+      </c>
+      <c r="G99">
+        <v>250</v>
+      </c>
     </row>
     <row r="100">
       <c r="A100" t="s" s="2">
+        <v>330</v>
+      </c>
+      <c r="B100" t="s">
+        <v>334</v>
+      </c>
+      <c r="C100" t="s" s="3">
         <v>335</v>
       </c>
-      <c r="B100" t="s">
+      <c r="D100" t="s">
         <v>336</v>
       </c>
-      <c r="C100" t="s" s="3">
+      <c r="E100" t="s">
+        <v>17</v>
+      </c>
+      <c r="F100" t="s">
         <v>337</v>
       </c>
-      <c r="D100" t="s">
-[...8 lines deleted...]
-      <c r="G100"/>
+      <c r="G100">
+        <v>120</v>
+      </c>
     </row>
     <row r="101">
       <c r="A101" t="s" s="2">
         <v>338</v>
       </c>
       <c r="B101" t="s">
         <v>339</v>
       </c>
       <c r="C101" t="s" s="3">
         <v>340</v>
       </c>
       <c r="D101" t="s">
         <v>341</v>
       </c>
       <c r="E101" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="F101" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G101"/>
     </row>
     <row r="102">
-      <c r="A102"/>
-[...4 lines deleted...]
-      <c r="F102"/>
+      <c r="A102" t="s" s="2">
+        <v>338</v>
+      </c>
+      <c r="B102" t="s">
+        <v>343</v>
+      </c>
+      <c r="C102" t="s" s="3">
+        <v>344</v>
+      </c>
+      <c r="D102" t="s">
+        <v>16</v>
+      </c>
+      <c r="E102" t="s">
+        <v>17</v>
+      </c>
+      <c r="F102" t="s">
+        <v>245</v>
+      </c>
       <c r="G102"/>
     </row>
     <row r="103">
-      <c r="A103" t="s">
-[...5 lines deleted...]
-      <c r="E103"/>
+      <c r="A103" t="s" s="2">
+        <v>338</v>
+      </c>
+      <c r="B103" t="s">
+        <v>345</v>
+      </c>
+      <c r="C103" t="s" s="3">
+        <v>346</v>
+      </c>
+      <c r="D103" t="s">
+        <v>347</v>
+      </c>
+      <c r="E103" t="s">
+        <v>17</v>
+      </c>
       <c r="F103"/>
       <c r="G103"/>
     </row>
     <row r="104">
-      <c r="A104" t="s">
-        <v>1</v>
+      <c r="A104" t="s" s="2">
+        <v>348</v>
       </c>
       <c r="B104" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>349</v>
+      </c>
+      <c r="C104" t="s" s="3">
+        <v>350</v>
       </c>
       <c r="D104" t="s">
-        <v>4</v>
+        <v>351</v>
       </c>
       <c r="E104" t="s">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="F104" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>28</v>
+      </c>
+      <c r="G104">
+        <v>700</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s" s="2">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="B105" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="C105" t="s" s="3">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="D105" t="s">
-        <v>346</v>
+        <v>355</v>
       </c>
       <c r="E105" t="s">
         <v>17</v>
       </c>
       <c r="F105" t="s">
-        <v>28</v>
+        <v>70</v>
       </c>
       <c r="G105"/>
     </row>
     <row r="106">
       <c r="A106" t="s" s="2">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="B106" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="C106" t="s" s="3">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="D106" t="s">
-        <v>350</v>
+        <v>41</v>
       </c>
       <c r="E106" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F106" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="G106"/>
     </row>
     <row r="107">
       <c r="A107" t="s" s="2">
-        <v>347</v>
+        <v>358</v>
       </c>
       <c r="B107" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="C107" t="s" s="3">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="D107" t="s">
-        <v>16</v>
+        <v>41</v>
       </c>
       <c r="E107" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F107" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="G107"/>
     </row>
     <row r="108">
       <c r="A108" t="s" s="2">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="B108" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="C108" t="s" s="3">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="D108" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="E108" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F108" t="s">
-        <v>28</v>
+        <v>364</v>
       </c>
       <c r="G108"/>
     </row>
     <row r="109">
-      <c r="A109" t="s" s="2">
-[...13 lines deleted...]
-      </c>
+      <c r="A109"/>
+      <c r="B109"/>
+      <c r="C109"/>
+      <c r="D109"/>
+      <c r="E109"/>
       <c r="F109"/>
       <c r="G109"/>
     </row>
     <row r="110">
-      <c r="A110" t="s" s="2">
-[...14 lines deleted...]
-      <c r="F110" t="s">
+      <c r="A110" t="s">
+        <v>365</v>
+      </c>
+      <c r="B110"/>
+      <c r="C110"/>
+      <c r="D110"/>
+      <c r="E110"/>
+      <c r="F110"/>
+      <c r="G110"/>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>1</v>
+      </c>
+      <c r="B111" t="s">
+        <v>2</v>
+      </c>
+      <c r="C111" t="s">
+        <v>3</v>
+      </c>
+      <c r="D111" t="s">
+        <v>4</v>
+      </c>
+      <c r="E111" t="s">
+        <v>5</v>
+      </c>
+      <c r="F111" t="s">
+        <v>6</v>
+      </c>
+      <c r="G111" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s" s="2">
+        <v>366</v>
+      </c>
+      <c r="B112" t="s">
+        <v>367</v>
+      </c>
+      <c r="C112" t="s" s="3">
+        <v>368</v>
+      </c>
+      <c r="D112" t="s">
+        <v>369</v>
+      </c>
+      <c r="E112" t="s">
+        <v>17</v>
+      </c>
+      <c r="F112" t="s">
         <v>28</v>
       </c>
-      <c r="G110"/>
-[...18 lines deleted...]
-      <c r="F112"/>
       <c r="G112"/>
     </row>
     <row r="113">
-      <c r="A113" t="s">
-        <v>1</v>
+      <c r="A113" t="s" s="2">
+        <v>370</v>
       </c>
       <c r="B113" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>371</v>
+      </c>
+      <c r="C113" t="s" s="3">
+        <v>372</v>
       </c>
       <c r="D113" t="s">
-        <v>4</v>
+        <v>373</v>
       </c>
       <c r="E113" t="s">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="F113" t="s">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>66</v>
+      </c>
+      <c r="G113">
+        <v>250</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s" s="2">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="B114" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="C114" t="s" s="3">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="D114" t="s">
-        <v>369</v>
+        <v>16</v>
       </c>
       <c r="E114" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F114" t="s">
-        <v>370</v>
+        <v>23</v>
       </c>
       <c r="G114"/>
     </row>
     <row r="115">
       <c r="A115" t="s" s="2">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="B115" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="C115" t="inlineStr" s="3">
+        <v>377</v>
+      </c>
+      <c r="C115" t="s" s="3">
+        <v>378</v>
+      </c>
+      <c r="D115" t="s">
+        <v>379</v>
+      </c>
+      <c r="E115" t="s">
+        <v>17</v>
+      </c>
+      <c r="F115" t="s">
+        <v>28</v>
+      </c>
+      <c r="G115"/>
+    </row>
+    <row r="116">
+      <c r="A116" t="s" s="2">
+        <v>380</v>
+      </c>
+      <c r="B116" t="s">
+        <v>381</v>
+      </c>
+      <c r="C116" t="s" s="3">
+        <v>382</v>
+      </c>
+      <c r="D116" t="s">
+        <v>383</v>
+      </c>
+      <c r="E116" t="s">
+        <v>12</v>
+      </c>
+      <c r="F116"/>
+      <c r="G116"/>
+    </row>
+    <row r="117">
+      <c r="A117" t="s" s="2">
+        <v>384</v>
+      </c>
+      <c r="B117" t="s">
+        <v>385</v>
+      </c>
+      <c r="C117" t="s" s="3">
+        <v>386</v>
+      </c>
+      <c r="D117" t="s">
+        <v>387</v>
+      </c>
+      <c r="E117" t="s">
+        <v>17</v>
+      </c>
+      <c r="F117" t="s">
+        <v>28</v>
+      </c>
+      <c r="G117"/>
+    </row>
+    <row r="118">
+      <c r="A118"/>
+      <c r="B118"/>
+      <c r="C118"/>
+      <c r="D118"/>
+      <c r="E118"/>
+      <c r="F118"/>
+      <c r="G118"/>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>388</v>
+      </c>
+      <c r="B119"/>
+      <c r="C119"/>
+      <c r="D119"/>
+      <c r="E119"/>
+      <c r="F119"/>
+      <c r="G119"/>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>1</v>
+      </c>
+      <c r="B120" t="s">
+        <v>2</v>
+      </c>
+      <c r="C120" t="s">
+        <v>3</v>
+      </c>
+      <c r="D120" t="s">
+        <v>4</v>
+      </c>
+      <c r="E120" t="s">
+        <v>5</v>
+      </c>
+      <c r="F120" t="s">
+        <v>6</v>
+      </c>
+      <c r="G120" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s" s="2">
+        <v>389</v>
+      </c>
+      <c r="B121" t="s">
+        <v>390</v>
+      </c>
+      <c r="C121" t="s" s="3">
+        <v>391</v>
+      </c>
+      <c r="D121" t="s">
+        <v>392</v>
+      </c>
+      <c r="E121" t="s">
+        <v>12</v>
+      </c>
+      <c r="F121" t="s">
+        <v>393</v>
+      </c>
+      <c r="G121"/>
+    </row>
+    <row r="122">
+      <c r="A122" t="s" s="2">
+        <v>394</v>
+      </c>
+      <c r="B122" t="s">
+        <v>395</v>
+      </c>
+      <c r="C122" t="inlineStr" s="3">
         <is>
           <t>https://www.emu.ee/en/22ecm?fbclid=IwY2xjawPcaPNleHRuA2FlbQIxMABicmlkETFBdWtYUEJrQmh1UjB5djU0c3J0YwZhcHBfaWQQMjIyMDM5MTc4ODIwMDg5MgABHvKy0jIm_sfW9WUWpn21tQrkxh69ny9xI1RdRinOAw2rKDzxH2UuFVDi54eP_aem_WTt8_mJdjkgWlqiBGAzhSw</t>
         </is>
       </c>
-      <c r="D115" t="s">
+      <c r="D122" t="s">
+        <v>210</v>
+      </c>
+      <c r="E122" t="s">
+        <v>32</v>
+      </c>
+      <c r="F122" t="s">
+        <v>210</v>
+      </c>
+      <c r="G122"/>
+    </row>
+    <row r="123">
+      <c r="A123" t="s" s="2">
+        <v>396</v>
+      </c>
+      <c r="B123" t="s">
+        <v>397</v>
+      </c>
+      <c r="C123" t="s" s="3">
+        <v>398</v>
+      </c>
+      <c r="D123" t="s">
+        <v>399</v>
+      </c>
+      <c r="E123" t="s">
+        <v>17</v>
+      </c>
+      <c r="F123" t="s">
+        <v>400</v>
+      </c>
+      <c r="G123"/>
+    </row>
+    <row r="124">
+      <c r="A124" t="s" s="2">
+        <v>396</v>
+      </c>
+      <c r="B124" t="s">
+        <v>401</v>
+      </c>
+      <c r="C124" t="s" s="3">
+        <v>402</v>
+      </c>
+      <c r="D124" t="s">
+        <v>41</v>
+      </c>
+      <c r="E124" t="s">
+        <v>32</v>
+      </c>
+      <c r="F124" t="s">
         <v>195</v>
       </c>
-      <c r="E115" t="s">
-[...168 lines deleted...]
-      </c>
+      <c r="G124"/>
     </row>
     <row r="125">
       <c r="A125" t="s" s="2">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="B125" t="s">
-        <v>397</v>
-[...4 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="C125" t="s" s="3">
+        <v>405</v>
+      </c>
+      <c r="D125"/>
       <c r="E125" t="s">
         <v>17</v>
       </c>
-      <c r="F125"/>
+      <c r="F125" t="s">
+        <v>406</v>
+      </c>
       <c r="G125"/>
     </row>
     <row r="126">
       <c r="A126" t="s" s="2">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="B126" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="C126" t="s" s="3">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="D126" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="E126" t="s">
         <v>17</v>
       </c>
-      <c r="F126" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F126"/>
       <c r="G126"/>
     </row>
     <row r="127">
       <c r="A127" t="s" s="2">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="B127" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="C127" t="s" s="3">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="D127" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="E127" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F127" t="s">
-        <v>407</v>
+        <v>210</v>
       </c>
       <c r="G127"/>
     </row>
     <row r="128">
       <c r="A128" t="s" s="2">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="B128" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="C128" t="s" s="3">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="D128" t="s">
-        <v>411</v>
+        <v>16</v>
       </c>
       <c r="E128" t="s">
         <v>17</v>
       </c>
-      <c r="F128" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F128"/>
       <c r="G128"/>
     </row>
     <row r="129">
       <c r="A129" t="s" s="2">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="B129" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C129" t="s" s="3">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="D129" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="E129" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="F129" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="G129"/>
+        <v>46</v>
+      </c>
+      <c r="G129">
+        <v>300</v>
+      </c>
     </row>
     <row r="130">
-      <c r="A130" t="s" s="2">
-[...13 lines deleted...]
-      </c>
+      <c r="A130"/>
+      <c r="B130"/>
+      <c r="C130"/>
+      <c r="D130"/>
+      <c r="E130"/>
       <c r="F130"/>
       <c r="G130"/>
     </row>
     <row r="131">
-      <c r="A131" t="s" s="2">
-[...5 lines deleted...]
-      <c r="C131" t="s" s="3">
+      <c r="A131" t="s">
         <v>422</v>
       </c>
-      <c r="D131" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B131"/>
+      <c r="C131"/>
+      <c r="D131"/>
+      <c r="E131"/>
       <c r="F131"/>
       <c r="G131"/>
     </row>
     <row r="132">
-      <c r="A132"/>
-[...5 lines deleted...]
-      <c r="G132"/>
+      <c r="A132" t="s">
+        <v>1</v>
+      </c>
+      <c r="B132" t="s">
+        <v>2</v>
+      </c>
+      <c r="C132" t="s">
+        <v>3</v>
+      </c>
+      <c r="D132" t="s">
+        <v>4</v>
+      </c>
+      <c r="E132" t="s">
+        <v>5</v>
+      </c>
+      <c r="F132" t="s">
+        <v>6</v>
+      </c>
+      <c r="G132" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="133">
-      <c r="A133" t="s">
+      <c r="A133" t="s" s="2">
+        <v>423</v>
+      </c>
+      <c r="B133" t="s">
         <v>424</v>
       </c>
-      <c r="B133"/>
-[...3 lines deleted...]
-      <c r="F133"/>
+      <c r="C133" t="s" s="3">
+        <v>425</v>
+      </c>
+      <c r="D133" t="s">
+        <v>426</v>
+      </c>
+      <c r="E133" t="s">
+        <v>17</v>
+      </c>
+      <c r="F133" t="s">
+        <v>28</v>
+      </c>
       <c r="G133"/>
     </row>
     <row r="134">
-      <c r="A134" t="s">
-        <v>1</v>
+      <c r="A134" t="s" s="2">
+        <v>427</v>
       </c>
       <c r="B134" t="s">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>428</v>
+      </c>
+      <c r="C134"/>
       <c r="D134" t="s">
-        <v>4</v>
+        <v>429</v>
       </c>
       <c r="E134" t="s">
-        <v>5</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="F134"/>
+      <c r="G134"/>
     </row>
     <row r="135">
       <c r="A135" t="s" s="2">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="B135" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="C135" t="s" s="3">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="D135" t="s">
-        <v>16</v>
+        <v>433</v>
       </c>
       <c r="E135" t="s">
         <v>17</v>
       </c>
       <c r="F135" t="s">
-        <v>227</v>
+        <v>60</v>
       </c>
       <c r="G135"/>
     </row>
     <row r="136">
       <c r="A136" t="s" s="2">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="B136" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="C136" t="s" s="3">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="D136" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="E136" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="F136"/>
+        <v>32</v>
+      </c>
+      <c r="F136" t="s">
+        <v>438</v>
+      </c>
       <c r="G136"/>
     </row>
     <row r="137">
       <c r="A137" t="s" s="2">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="B137" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="C137" t="s" s="3">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="D137" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="E137" t="s">
         <v>17</v>
       </c>
-      <c r="F137"/>
+      <c r="F137" t="s">
+        <v>28</v>
+      </c>
       <c r="G137"/>
     </row>
     <row r="138">
-      <c r="A138"/>
-[...4 lines deleted...]
-      <c r="F138"/>
+      <c r="A138" t="s" s="2">
+        <v>443</v>
+      </c>
+      <c r="B138" t="s">
+        <v>444</v>
+      </c>
+      <c r="C138" t="s" s="3">
+        <v>445</v>
+      </c>
+      <c r="D138" t="s">
+        <v>446</v>
+      </c>
+      <c r="E138" t="s">
+        <v>17</v>
+      </c>
+      <c r="F138" t="s">
+        <v>447</v>
+      </c>
       <c r="G138"/>
     </row>
     <row r="139">
-      <c r="A139" t="s">
-[...5 lines deleted...]
-      <c r="E139"/>
+      <c r="A139" t="s" s="2">
+        <v>443</v>
+      </c>
+      <c r="B139" t="s">
+        <v>448</v>
+      </c>
+      <c r="C139" t="s" s="3">
+        <v>449</v>
+      </c>
+      <c r="D139" t="s">
+        <v>450</v>
+      </c>
+      <c r="E139" t="s">
+        <v>79</v>
+      </c>
       <c r="F139"/>
       <c r="G139"/>
     </row>
     <row r="140">
-      <c r="A140" t="s">
-        <v>1</v>
+      <c r="A140" t="s" s="2">
+        <v>451</v>
       </c>
       <c r="B140" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>452</v>
+      </c>
+      <c r="C140" t="s" s="3">
+        <v>453</v>
       </c>
       <c r="D140" t="s">
-        <v>4</v>
+        <v>454</v>
       </c>
       <c r="E140" t="s">
-        <v>5</v>
-[...6 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="F140"/>
+      <c r="G140"/>
     </row>
     <row r="141">
-      <c r="A141" t="s" s="2">
-[...13 lines deleted...]
-      </c>
+      <c r="A141"/>
+      <c r="B141"/>
+      <c r="C141"/>
+      <c r="D141"/>
+      <c r="E141"/>
       <c r="F141"/>
       <c r="G141"/>
     </row>
     <row r="142">
-      <c r="A142"/>
+      <c r="A142" t="s">
+        <v>455</v>
+      </c>
       <c r="B142"/>
       <c r="C142"/>
       <c r="D142"/>
       <c r="E142"/>
       <c r="F142"/>
       <c r="G142"/>
     </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>1</v>
+      </c>
+      <c r="B143" t="s">
+        <v>2</v>
+      </c>
+      <c r="C143" t="s">
+        <v>3</v>
+      </c>
+      <c r="D143" t="s">
+        <v>4</v>
+      </c>
+      <c r="E143" t="s">
+        <v>5</v>
+      </c>
+      <c r="F143" t="s">
+        <v>6</v>
+      </c>
+      <c r="G143" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s" s="2">
+        <v>456</v>
+      </c>
+      <c r="B144" t="s">
+        <v>457</v>
+      </c>
+      <c r="C144" t="s" s="3">
+        <v>458</v>
+      </c>
+      <c r="D144" t="s">
+        <v>16</v>
+      </c>
+      <c r="E144" t="s">
+        <v>17</v>
+      </c>
+      <c r="F144" t="s">
+        <v>245</v>
+      </c>
+      <c r="G144"/>
+    </row>
+    <row r="145">
+      <c r="A145" t="s" s="2">
+        <v>459</v>
+      </c>
+      <c r="B145" t="s">
+        <v>460</v>
+      </c>
+      <c r="C145" t="s" s="3">
+        <v>461</v>
+      </c>
+      <c r="D145"/>
+      <c r="E145" t="s">
+        <v>17</v>
+      </c>
+      <c r="F145" t="s">
+        <v>462</v>
+      </c>
+      <c r="G145"/>
+    </row>
+    <row r="146">
+      <c r="A146" t="s" s="2">
+        <v>463</v>
+      </c>
+      <c r="B146" t="s">
+        <v>464</v>
+      </c>
+      <c r="C146" t="s" s="3">
+        <v>465</v>
+      </c>
+      <c r="D146" t="s">
+        <v>466</v>
+      </c>
+      <c r="E146" t="s">
+        <v>32</v>
+      </c>
+      <c r="F146"/>
+      <c r="G146"/>
+    </row>
+    <row r="147">
+      <c r="A147" t="s" s="2">
+        <v>467</v>
+      </c>
+      <c r="B147" t="s">
+        <v>468</v>
+      </c>
+      <c r="C147" t="s" s="3">
+        <v>469</v>
+      </c>
+      <c r="D147" t="s">
+        <v>470</v>
+      </c>
+      <c r="E147" t="s">
+        <v>17</v>
+      </c>
+      <c r="F147"/>
+      <c r="G147"/>
+    </row>
+    <row r="148">
+      <c r="A148"/>
+      <c r="B148"/>
+      <c r="C148"/>
+      <c r="D148"/>
+      <c r="E148"/>
+      <c r="F148"/>
+      <c r="G148"/>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>471</v>
+      </c>
+      <c r="B149"/>
+      <c r="C149"/>
+      <c r="D149"/>
+      <c r="E149"/>
+      <c r="F149"/>
+      <c r="G149"/>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>1</v>
+      </c>
+      <c r="B150" t="s">
+        <v>2</v>
+      </c>
+      <c r="C150" t="s">
+        <v>3</v>
+      </c>
+      <c r="D150" t="s">
+        <v>4</v>
+      </c>
+      <c r="E150" t="s">
+        <v>5</v>
+      </c>
+      <c r="F150" t="s">
+        <v>6</v>
+      </c>
+      <c r="G150" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s" s="2">
+        <v>472</v>
+      </c>
+      <c r="B151" t="s">
+        <v>473</v>
+      </c>
+      <c r="C151" t="s" s="3">
+        <v>474</v>
+      </c>
+      <c r="D151" t="s">
+        <v>99</v>
+      </c>
+      <c r="E151" t="s">
+        <v>17</v>
+      </c>
+      <c r="F151"/>
+      <c r="G151"/>
+    </row>
+    <row r="152">
+      <c r="A152"/>
+      <c r="B152"/>
+      <c r="C152"/>
+      <c r="D152"/>
+      <c r="E152"/>
+      <c r="F152"/>
+      <c r="G152"/>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C3" r:id="rId1" location="" display="https://visitestonia.com/en/the-biggest-annual-events-in-estonia-1"/>
     <hyperlink ref="C4" r:id="rId2" location="" display="https://cs.ioc.ee/lsg/wld26/"/>
     <hyperlink ref="C5" r:id="rId3" location="" display="https://www.estmil.tech/"/>
     <hyperlink ref="C6" r:id="rId4" location="" display="https://www.northernroots.eu/"/>
-    <hyperlink ref="C7" r:id="rId5" location="" display="https://www.tlu.ee/en/yti/events/ceeshub-conference-between-peripheries-critical-relational-security-cee-and-global-south"/>
-[...102 lines deleted...]
-    <hyperlink ref="C141" r:id="rId108" location="" display="https://www.tds.icds.ee/about"/>
+    <hyperlink ref="C7" r:id="rId5" location="" display="https://www.kliinikum.ee/wp-content/uploads/2025/12/international-car-t-symposium-current-state-and-clinical-applications-of-car-t-technology-in-the-balticnordic-region_-1.pdf?utm_source=chatgpt.com"/>
+    <hyperlink ref="C8" r:id="rId6" location="" display="https://www.tlu.ee/en/yti/events/ceeshub-conference-between-peripheries-critical-relational-security-cee-and-global-south"/>
+    <hyperlink ref="C9" r:id="rId7" location="" display="https://www.doktorikool.ee/en/uritused/aastakonverents-2025-molekulaarbioloogia-rakubioloogia-ja-genoomika/"/>
+    <hyperlink ref="C10" r:id="rId8" location="" display="https://www.startupday.ee/"/>
+    <hyperlink ref="C11" r:id="rId9" location="" display="https://cloudtechtallinn.com/"/>
+    <hyperlink ref="C12" r:id="rId10" location="" display="https://eyfdmforum2026.eu/"/>
+    <hyperlink ref="C13" r:id="rId11" location="" display="https://www.32.ee/"/>
+    <hyperlink ref="C17" r:id="rId12" location="" display="https://sites.google.com/view/wuml2026"/>
+    <hyperlink ref="C18" r:id="rId13" location="" display="https://futurehospitalityforum.com/en/fhtf/?fbclid=IwY2xjawOjesFleHRuA2FlbQIxMQBzcnRjBmFwcF9pZBAyMjIwMzkxNzg4MjAwODkyAAEezvhRhOR_KOrElupVDYXnqOyRFcx_cSWJlCOEO4gLNJYtyYLjRo45sb515j4_aem_4sb2uRI7ckDzLsGBGJQ6YQ"/>
+    <hyperlink ref="C19" r:id="rId14" location="" display="https://www.residentuur.com/"/>
+    <hyperlink ref="C20" r:id="rId15" location="" display="https://confenta.com/en/etc/"/>
+    <hyperlink ref="C21" r:id="rId16" location="" display="https://vasab.org/event/lbpforum/"/>
+    <hyperlink ref="C22" r:id="rId17" location="" display="https://fermi.ee/en/konverents/"/>
+    <hyperlink ref="C23" r:id="rId18" location="" display="https://www.aeropodium.com/bba"/>
+    <hyperlink ref="C24" r:id="rId19" location="" display="https://icds.ee/en/euec-2026/"/>
+    <hyperlink ref="C25" r:id="rId20" location="" display="https://tartumaraton.ee/en/avaleht"/>
+    <hyperlink ref="C26" r:id="rId21" location="" display="https://wud.ee/"/>
+    <hyperlink ref="C27" r:id="rId22" location="" display="https://cal.aegee.org/s/0/e947872a-224b-4c84-8d25-90a541a9ec7-d32.ics_de.html"/>
+    <hyperlink ref="C28" r:id="rId23" location="" display="https://meremuuseum.ee/en/coastal-warfare-protecting-the-coast-with-fortifications-and-fleets/"/>
+    <hyperlink ref="C32" r:id="rId24" location="" display="https://www.isu.org/inside-isu/isu-communications/communications/30485-isu-communication-2533/file"/>
+    <hyperlink ref="C33" r:id="rId25" location="" display="https://www.hermitage.lt/events/cybersec-roadshow-2026-tallinn-2/"/>
+    <hyperlink ref="C34" r:id="rId26" location="" display="https://www.nordicreforum.com/"/>
+    <hyperlink ref="C35" r:id="rId27" location="" display="https://www.rusconf.eu/"/>
+    <hyperlink ref="C36" r:id="rId28" location="" display="https://www.voltaire.ox.ac.uk/news-item/call-for-papers-voltaire-in-the-baltic-world-circulations-receptions-legacies/"/>
+    <hyperlink ref="C37" r:id="rId29" location="" display="https://istp2026.ee/"/>
+    <hyperlink ref="C38" r:id="rId30" location="" display="https://nex.day/"/>
+    <hyperlink ref="C39" r:id="rId31" location="" display="https://finestcentre.eu/et/event/smart-city-exchange-forum-2026-discovering-pathways-to-resilient-cities/"/>
+    <hyperlink ref="C40" r:id="rId32" location="" display="https://enmconference.voog.com/estonia-swedes/cfp"/>
+    <hyperlink ref="C41" r:id="rId33" location="overview-8ec85f15" display="https://www.acams.org/en/training/seminars/acams-baltics-conference - overview-8ec85f15"/>
+    <hyperlink ref="C42" r:id="rId34" location="" display="https://www.doktorikool.ee/en/uritused/rahvusvaheline-8-baltic-earth-talvekool-noortele-teadlastele-teemal-maasusteemiteadus-laanemere-piirkonna-jaoks/"/>
+    <hyperlink ref="C43" r:id="rId35" location="" display="https://enlight-eu.org/university-about-us/news-events/158-news/1560-join-enlight-student-network-conference-in-tartu"/>
+    <hyperlink ref="C44" r:id="rId36" location="" display="https://kampaania.aripaev.ee/business-arena-2026/?utm_source=facebook.com&amp;utm_medium=event-ticket&amp;utm_campaign=l2215-business-arena-2026&amp;fbclid=IwY2xjawODxAJleHRuA2FlbQIxMABicmlkETFpTm5kRVNJSGI2bjRhZGw2c3J0YwZhcHBfaWQQMjIyMDM5MTc4ODIwMDg5MgABHn57KZ-F-ZbG4kWeUKBAEYOpZnPgJRVcoVXUDAleMh2aUEfOhkBZqqb6vTvV_aem_Eav7abQrVDbfZPQzdDattA"/>
+    <hyperlink ref="C48" r:id="rId37" location="" display="https://tmw.ee/"/>
+    <hyperlink ref="C49" r:id="rId38" location="" display="https://tmw.ee/conference"/>
+    <hyperlink ref="C50" r:id="rId39" location="" display="https://www.nordickarate.com/welcome-to-nordic-championships-in-estonia-2026/"/>
+    <hyperlink ref="C51" r:id="rId40" location="" display="https://www.iamaworld.com/"/>
+    <hyperlink ref="C52" r:id="rId41" location="" display="https://www.plefora.co.uk/events/9th-small-posts-and-islands-postal-forum/"/>
+    <hyperlink ref="C53" r:id="rId42" location="theme" display="https://triennial.eestikonservaator.ee/ - theme"/>
+    <hyperlink ref="C54" r:id="rId43" location="" display="https://aasiakeskus.ut.ee/en/news/annual-conference-asia-update-transformations-and-futures-middle-east-april-2026"/>
+    <hyperlink ref="C55" r:id="rId44" location="" display="https://filmind.filmeu.eu/news/call-for-papers-the-3rd-international-baltic-neurocine-conference"/>
+    <hyperlink ref="C59" r:id="rId45" location="" display="https://onlineexpo.com/en/hest2026/"/>
+    <hyperlink ref="C60" r:id="rId46" location="" display="https://bse.emu.ee/"/>
+    <hyperlink ref="C61" r:id="rId47" location="" display="https://www.clge.eu/"/>
+    <hyperlink ref="C62" r:id="rId48" location="" display="https://www.emu.ee/en/no-stress-conference"/>
+    <hyperlink ref="C63" r:id="rId49" location="" display="http://tartu.kirjandus.ee/"/>
+    <hyperlink ref="C64" r:id="rId50" location="" display="https://eusbsr.eu/event/eusbsr-annual-forum-2026/"/>
+    <hyperlink ref="C65" r:id="rId51" location="" display="https://ecla.online/events/"/>
+    <hyperlink ref="C66" r:id="rId52" location="" display="https://www.conference-expert.eu/en/rheumatology2026"/>
+    <hyperlink ref="C67" r:id="rId53" location="" display="https://icdec.aten.tn/"/>
+    <hyperlink ref="C68" r:id="rId54" location="" display="https://futurelaw.ee/"/>
+    <hyperlink ref="C69" r:id="rId55" location="" display="https://eapaediatrics.eu/eap-spring-meeting-2026-tallinn-estonia-17-18-april-2026/"/>
+    <hyperlink ref="C70" r:id="rId56" location="" display="https://lmc.icds.ee/"/>
+    <hyperlink ref="C71" r:id="rId57" location="" display="https://historyandtheory.org/announcements"/>
+    <hyperlink ref="C72" r:id="rId58" location="" display="https://sts2026.ee/"/>
+    <hyperlink ref="C73" r:id="rId59" location="" display="https://sisu.ut.ee/ejta-teachers-training-2026/"/>
+    <hyperlink ref="C74" r:id="rId60" location="" display="https://latitude59.ee/"/>
+    <hyperlink ref="C75" r:id="rId61" location="" display="https://ebenezer-oe.org/pentecost2026/"/>
+    <hyperlink ref="C76" r:id="rId62" location="" display="https://nordmedianetwork.org/latest/call-for-papers/3rd-annual-connor-conference-critical-turns-in-conspiracy-theory-studies-21-22-may-2026-university-of-tartu-estonia/"/>
+    <hyperlink ref="C77" r:id="rId63" location="" display="https://ebs.ee/en/Conf-IRM2026"/>
+    <hyperlink ref="C78" r:id="rId64" location="" display="https://ccdcoe.org/cycon/"/>
+    <hyperlink ref="C79" r:id="rId65" location="" display="https://nnfm2026.ee/en/welcome/"/>
+    <hyperlink ref="C80" r:id="rId66" location="" display="https://enlight-eu.org/university-about-us/news-events/158-news/1560-join-enlight-student-network-conference-in-tartu"/>
+    <hyperlink ref="C81" r:id="rId67" location="" display="https://aasiakeskus.ut.ee/en/news/najs-conference-2026"/>
+    <hyperlink ref="C82" r:id="rId68" location="" display="https://mondo.org.ee/en/environmental-justice-conference-2026/"/>
+    <hyperlink ref="C86" r:id="rId69" location="" display="https://hipther.com/events/tallinn/"/>
+    <hyperlink ref="C87" r:id="rId70" location="" display="https://www.conference-expert.eu/et/konverentsid/s2/1416-baltic-ear-nose-and-throat-conference-2026"/>
+    <hyperlink ref="C88" r:id="rId71" location="" display="https://nordictestingdays.eu/"/>
+    <hyperlink ref="C89" r:id="rId72" location="" display="https://eafponline.eu/future-conferences/"/>
+    <hyperlink ref="C90" r:id="rId73" location="" display="https://mobiletartu.ut.ee/"/>
+    <hyperlink ref="C91" r:id="rId74" location="" display="https://globalinternshipconference.com/"/>
+    <hyperlink ref="C92" r:id="rId75" location="" display="https://2026.supplysecurity.eu/?gad_source=1&amp;gad_campaignid=22206105733&amp;gbraid=0AAAAACZl8t8a3Fz6Ob31zTe-x8DpBCB2e&amp;gclid=Cj0KCQjwsPzHBhDCARIsALlWNG3GOXe5cPI2w6PRplqHN1y8rbmcK3_Led6TYJfJOGtNylCD6bdXfjMaApCkEALw_wcB"/>
+    <hyperlink ref="C93" r:id="rId76" location="" display="https://sisu.ut.ee/tartuconference/"/>
+    <hyperlink ref="C94" r:id="rId77" location="" display="https://www.tlu.ee/en/lotman-days-conference2026"/>
+    <hyperlink ref="C95" r:id="rId78" location="" display="https://nordickitefest.eu/en-gb"/>
+    <hyperlink ref="C96" r:id="rId79" location="" display="https://smhy.fi/en/activities/travellers-sea-conference"/>
+    <hyperlink ref="C97" r:id="rId80" location="" display="https://www.amp.org/events/amp-events-calendar/"/>
+    <hyperlink ref="C98" r:id="rId81" location="" display="https://www.ecgi.global/events/steering-the-legacy-governance-and-succession-in-family-enterprises"/>
+    <hyperlink ref="C99" r:id="rId82" location="" display="https://agile-gi.eu/"/>
+    <hyperlink ref="C100" r:id="rId83" location="" display="https://epnc.put.poznan.pl/"/>
+    <hyperlink ref="C101" r:id="rId84" location=":~:text=The%20congress%20will%20take%20place,and%20the%20historic%20Old%20Town." display="https://onlineexpo.com/en/isd-de2026/ - :~:text=The%20congress%20will%20take%20place,and%20the%20historic%20Old%20Town."/>
+    <hyperlink ref="C102" r:id="rId85" location="" display="https://www.xrm2026.com/"/>
+    <hyperlink ref="C103" r:id="rId86" location="" display="https://renewpv.eu/event/first-announcement-of-the-4th-renewpv-15th-european-kesterite-conference/"/>
+    <hyperlink ref="C104" r:id="rId87" location="agenda" display="https://www.ad-astra.ee/the-forum - agenda"/>
+    <hyperlink ref="C105" r:id="rId88" location="" display="https://boschem.eu/"/>
+    <hyperlink ref="C106" r:id="rId89" location="" display="https://dbis2026.cs.ut.ee/"/>
+    <hyperlink ref="C107" r:id="rId90" location="" display="https://indico.global/event/15717/"/>
+    <hyperlink ref="C108" r:id="rId91" location="" display="https://www.folklore.ee/rl/fo/konve/2026/artistic_practices/"/>
+    <hyperlink ref="C112" r:id="rId92" location="" display="https://www.nomadsummit.com/remote-work-edition-estonia-2026/"/>
+    <hyperlink ref="C113" r:id="rId93" location="" display="https://www.earli.org/events/jure2026"/>
+    <hyperlink ref="C114" r:id="rId94" location="" display="https://actconf2026.github.io/index.html"/>
+    <hyperlink ref="C115" r:id="rId95" location="" display="https://seoestonia.com/"/>
+    <hyperlink ref="C116" r:id="rId96" location="" display="https://rallyestonia.com/en/spectators/news/uudis/2025/07/31/2026-fia-world-rally-championship-calendar-revealed/"/>
+    <hyperlink ref="C117" r:id="rId97" location="" display="https://www.mindvalley.com/u?otag=top_navigation"/>
+    <hyperlink ref="C121" r:id="rId98" location="" display="https://www.ifye.eu/conferences/"/>
+    <hyperlink ref="C122" r:id="rId99" location="" display="https://www.emu.ee/en/22ecm?fbclid=IwY2xjawPcaPNleHRuA2FlbQIxMABicmlkETFBdWtYUEJrQmh1UjB5djU0c3J0YwZhcHBfaWQQMjIyMDM5MTc4ODIwMDg5MgABHvKy0jIm_sfW9WUWpn21tQrkxh69ny9xI1RdRinOAw2rKDzxH2UuFVDi54eP_aem_WTt8_mJdjkgWlqiBGAzhSw"/>
+    <hyperlink ref="C123" r:id="rId100" location="" display="https://www.epta.ee/post/48rahvusvahelineeptakonverents"/>
+    <hyperlink ref="C124" r:id="rId101" location="" display="https://www.societasethica.info/2026-call-for-papers"/>
+    <hyperlink ref="C125" r:id="rId102" location="" display="https://psychodrama.se/education1/index"/>
+    <hyperlink ref="C126" r:id="rId103" location="" display="https://www.ironman.com/races/im-tallinn"/>
+    <hyperlink ref="C127" r:id="rId104" location="" display="https://esa2026.ee/"/>
+    <hyperlink ref="C128" r:id="rId105" location="" display="https://diagrams-conference.org/2026/"/>
+    <hyperlink ref="C129" r:id="rId106" location="" display="https://geneforum.ee/"/>
+    <hyperlink ref="C133" r:id="rId107" location="" display="https://neverhack.ee/en/security-summit"/>
+    <hyperlink ref="C135" r:id="rId108" location="" display="https://congresses.enda-europe.com/"/>
+    <hyperlink ref="C136" r:id="rId109" location="" display="https://tangentlink-events.com/ew-live2026"/>
+    <hyperlink ref="C137" r:id="rId110" location="" display="https://defence.ee/events/estonian-defence-week-2025/"/>
+    <hyperlink ref="C138" r:id="rId111" location="" display="https://taltech.ee/en/PEMC2026/"/>
+    <hyperlink ref="C139" r:id="rId112" location="" display="https://www.balticpeatproducersforum.eu/"/>
+    <hyperlink ref="C140" r:id="rId113" location="" display="https://tallinn.bsides.ee/"/>
+    <hyperlink ref="C144" r:id="rId114" location="" display="https://taltech.ee/en/bec2026"/>
+    <hyperlink ref="C145" r:id="rId115" location="" display="https://e-vote-id.ee/"/>
+    <hyperlink ref="C146" r:id="rId116" location="" display="https://hve.ee/en/event/tartu-hydrogen-days-2026-future-energy-today/"/>
+    <hyperlink ref="C147" r:id="rId117" location="" display="https://impactday.eu/"/>
+    <hyperlink ref="C151" r:id="rId118" location="" display="https://www.tds.icds.ee/about"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>